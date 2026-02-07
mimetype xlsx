--- v0 (2025-10-04)
+++ v1 (2026-02-07)
@@ -1,82 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iibidom-my.sharepoint.com/personal/rmorillo_iibi_gob_do/Documents/Documentos/Informacion Portal de Transparencia/Informacion Portal 2025/6- Junio 2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iibidom-my.sharepoint.com/personal/rmorillo_iibi_gob_do/Documents/Documentos/Informacion Portal de Transparencia/Informacion Portal 2025/12- Diciembre 2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="76" documentId="8_{8A4131CD-4695-43D8-8266-A6C5E75FC1CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F9A77B72-D876-46C0-ADC7-BB2459679370}"/>
+  <xr:revisionPtr revIDLastSave="66" documentId="13_ncr:b_{73C28A54-5608-4AC8-9F49-1D9B14EAB0A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{54FD436F-78CE-4A04-A844-D5DD9B13731E}"/>
   <bookViews>
-    <workbookView xWindow="20370" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{0B913B4B-379A-4241-8699-709D7CCECAD2}"/>
+    <workbookView xWindow="20370" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{FC6DFEA5-078C-495B-B4D4-AE968C590C92}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-[...1 lines deleted...]
-    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1940" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2037" uniqueCount="50">
   <si>
     <t>LABORATORIOS</t>
   </si>
   <si>
     <t>SOLICITUDES RECIBIDAS</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINACIONES REALIZADAS </t>
   </si>
   <si>
     <t>MES</t>
   </si>
   <si>
     <t>AÑOS</t>
   </si>
   <si>
     <t>MICROBIOLOGIA</t>
   </si>
   <si>
     <t>ENERO</t>
   </si>
   <si>
     <t>QUIMICA</t>
   </si>
   <si>
@@ -188,207 +185,162 @@
     <t>AGUA</t>
   </si>
   <si>
     <t xml:space="preserve">CAPACITACIÓN </t>
   </si>
   <si>
     <t>FARMACEUTICA Y BIO.</t>
   </si>
   <si>
     <t>INNOVACION INDUSTRIAL</t>
   </si>
   <si>
     <t>SERVICIOS</t>
   </si>
   <si>
     <t>MED. Y EST. AMBIENTALES</t>
   </si>
   <si>
     <t>MINEROLOGIA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="8" x14ac:knownFonts="1">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="mmm\-yy"/>
+  </numFmts>
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
-      <color theme="1"/>
+      <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="11"/>
-[...3 lines deleted...]
-    <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
-      <family val="2"/>
-[...4 lines deleted...]
-      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
-    <font>
-[...3 lines deleted...]
-    </font>
   </fonts>
-  <fills count="5">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
-        <bgColor rgb="FFFFFFCC"/>
-[...11 lines deleted...]
-        <bgColor rgb="FFD9D9D9"/>
+        <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </left>
       <right style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </right>
       <top style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="25">
+  <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -679,63 +631,63 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B3FF19F1-CC53-4D81-A256-1069EDB4A35C}">
-  <dimension ref="A3:E974"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2DAA29B0-9F26-44EB-A5AF-49B6C55A2D9E}">
+  <dimension ref="A3:E1021"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="F965" sqref="F965"/>
+    <sheetView tabSelected="1" topLeftCell="A965" workbookViewId="0">
+      <selection activeCell="B973" sqref="B973"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="36.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="2">
         <v>37</v>
@@ -5271,156 +5223,156 @@
       <c r="E270" s="2">
         <v>2020</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B271" s="2">
         <v>86</v>
       </c>
       <c r="C271" s="2">
         <v>736</v>
       </c>
       <c r="D271" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E271" s="2">
         <v>2020</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="B272" s="6">
+      <c r="B272" s="2">
         <v>128</v>
       </c>
-      <c r="C272" s="6">
+      <c r="C272" s="2">
         <v>865</v>
       </c>
       <c r="D272" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E272" s="2">
         <v>2020</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B273" s="6">
+      <c r="B273" s="2">
         <v>14</v>
       </c>
-      <c r="C273" s="6">
+      <c r="C273" s="2">
         <v>20</v>
       </c>
       <c r="D273" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E273" s="2">
         <v>2020</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B274" s="6">
-[...2 lines deleted...]
-      <c r="C274" s="6">
+      <c r="B274" s="2">
+        <v>0</v>
+      </c>
+      <c r="C274" s="2">
         <v>0</v>
       </c>
       <c r="D274" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E274" s="2">
         <v>2020</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="B275" s="6">
+      <c r="B275" s="2">
         <v>5</v>
       </c>
-      <c r="C275" s="6">
+      <c r="C275" s="2">
         <v>31</v>
       </c>
       <c r="D275" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E275" s="2">
         <v>2020</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="B276" s="6">
+      <c r="B276" s="2">
         <v>19</v>
       </c>
-      <c r="C276" s="6">
+      <c r="C276" s="2">
         <v>65</v>
       </c>
       <c r="D276" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E276" s="2">
         <v>2020</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B277" s="2">
         <v>0</v>
       </c>
       <c r="C277" s="2">
         <v>0</v>
       </c>
       <c r="D277" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E277" s="2">
         <v>2020</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="B278" s="6">
-[...2 lines deleted...]
-      <c r="C278" s="6">
+      <c r="B278" s="2">
+        <v>0</v>
+      </c>
+      <c r="C278" s="2">
         <v>0</v>
       </c>
       <c r="D278" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E278" s="2">
         <v>2020</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B279" s="2">
         <v>3</v>
       </c>
       <c r="C279" s="2">
         <v>0</v>
       </c>
       <c r="D279" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E279" s="2">
         <v>2020</v>
       </c>
@@ -12918,4261 +12870,5065 @@
       <c r="D720" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E720" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="721" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A721" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B721" s="2">
         <v>0</v>
       </c>
       <c r="C721" s="2">
         <v>0</v>
       </c>
       <c r="D721" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E721" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="722" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A722" s="7" t="s">
+      <c r="A722" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="B722" s="7">
+      <c r="B722" s="6">
         <v>1</v>
       </c>
-      <c r="C722" s="7">
+      <c r="C722" s="6">
         <v>25</v>
       </c>
-      <c r="D722" s="8" t="s">
+      <c r="D722" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="E722" s="7">
+      <c r="E722" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="723" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A723" s="7" t="s">
+      <c r="A723" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="B723" s="7">
-[...5 lines deleted...]
-      <c r="D723" s="8" t="s">
+      <c r="B723" s="6">
+        <v>0</v>
+      </c>
+      <c r="C723" s="6">
+        <v>0</v>
+      </c>
+      <c r="D723" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="E723" s="7">
+      <c r="E723" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="724" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A724" s="7" t="s">
+      <c r="A724" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="B724" s="7">
-[...5 lines deleted...]
-      <c r="D724" s="8" t="s">
+      <c r="B724" s="6">
+        <v>0</v>
+      </c>
+      <c r="C724" s="6">
+        <v>0</v>
+      </c>
+      <c r="D724" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="E724" s="7">
+      <c r="E724" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="725" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A725" s="7" t="s">
+      <c r="A725" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="B725" s="7">
+      <c r="B725" s="6">
         <v>71</v>
       </c>
-      <c r="C725" s="7">
+      <c r="C725" s="6">
         <v>466</v>
       </c>
-      <c r="D725" s="8" t="s">
+      <c r="D725" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="E725" s="7">
+      <c r="E725" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="726" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A726" s="7" t="s">
+      <c r="A726" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B726" s="7">
+      <c r="B726" s="6">
         <v>43</v>
       </c>
-      <c r="C726" s="7">
+      <c r="C726" s="6">
         <v>331</v>
       </c>
-      <c r="D726" s="8" t="s">
+      <c r="D726" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="E726" s="7">
+      <c r="E726" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="727" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A727" s="7" t="s">
+      <c r="A727" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="B727" s="7">
+      <c r="B727" s="6">
         <v>1</v>
       </c>
-      <c r="C727" s="7">
+      <c r="C727" s="6">
         <v>7</v>
       </c>
-      <c r="D727" s="8" t="s">
+      <c r="D727" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="E727" s="7">
+      <c r="E727" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="728" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A728" s="7" t="s">
+      <c r="A728" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="B728" s="7">
-[...5 lines deleted...]
-      <c r="D728" s="8" t="s">
+      <c r="B728" s="6">
+        <v>0</v>
+      </c>
+      <c r="C728" s="6">
+        <v>0</v>
+      </c>
+      <c r="D728" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="E728" s="7">
+      <c r="E728" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="729" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A729" s="7" t="s">
+      <c r="A729" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B729" s="7">
+      <c r="B729" s="6">
         <v>19</v>
       </c>
-      <c r="C729" s="7">
+      <c r="C729" s="6">
         <v>148</v>
       </c>
-      <c r="D729" s="8" t="s">
+      <c r="D729" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="E729" s="7">
+      <c r="E729" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="730" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A730" s="7" t="s">
+      <c r="A730" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="B730" s="7">
+      <c r="B730" s="6">
         <v>5</v>
       </c>
-      <c r="C730" s="7">
+      <c r="C730" s="6">
         <v>22</v>
       </c>
-      <c r="D730" s="8" t="s">
+      <c r="D730" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="E730" s="7">
+      <c r="E730" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="731" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A731" s="7" t="s">
+      <c r="A731" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="B731" s="7">
-[...5 lines deleted...]
-      <c r="D731" s="8" t="s">
+      <c r="B731" s="6">
+        <v>0</v>
+      </c>
+      <c r="C731" s="6">
+        <v>0</v>
+      </c>
+      <c r="D731" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="E731" s="7">
+      <c r="E731" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="732" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A732" s="7" t="s">
+      <c r="A732" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="B732" s="7">
-[...5 lines deleted...]
-      <c r="D732" s="8" t="s">
+      <c r="B732" s="6">
+        <v>0</v>
+      </c>
+      <c r="C732" s="6">
+        <v>0</v>
+      </c>
+      <c r="D732" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="E732" s="7">
+      <c r="E732" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="733" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A733" s="7" t="s">
+      <c r="A733" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="B733" s="7">
-[...5 lines deleted...]
-      <c r="D733" s="8" t="s">
+      <c r="B733" s="6">
+        <v>0</v>
+      </c>
+      <c r="C733" s="6">
+        <v>0</v>
+      </c>
+      <c r="D733" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="E733" s="7">
+      <c r="E733" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="734" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A734" s="7" t="s">
+      <c r="A734" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="B734" s="7">
-[...5 lines deleted...]
-      <c r="D734" s="8" t="s">
+      <c r="B734" s="6">
+        <v>0</v>
+      </c>
+      <c r="C734" s="6">
+        <v>0</v>
+      </c>
+      <c r="D734" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="E734" s="7">
+      <c r="E734" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="735" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A735" s="7" t="s">
+      <c r="A735" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="B735" s="7">
-[...5 lines deleted...]
-      <c r="D735" s="8" t="s">
+      <c r="B735" s="6">
+        <v>0</v>
+      </c>
+      <c r="C735" s="6">
+        <v>0</v>
+      </c>
+      <c r="D735" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="E735" s="7">
+      <c r="E735" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="736" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A736" s="7" t="s">
+      <c r="A736" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="B736" s="7">
-[...5 lines deleted...]
-      <c r="D736" s="8" t="s">
+      <c r="B736" s="6">
+        <v>0</v>
+      </c>
+      <c r="C736" s="6">
+        <v>0</v>
+      </c>
+      <c r="D736" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="E736" s="7">
+      <c r="E736" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="737" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A737" s="7" t="s">
+      <c r="A737" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="B737" s="7">
-[...5 lines deleted...]
-      <c r="D737" s="8" t="s">
+      <c r="B737" s="6">
+        <v>0</v>
+      </c>
+      <c r="C737" s="6">
+        <v>0</v>
+      </c>
+      <c r="D737" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="E737" s="7">
+      <c r="E737" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="738" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A738" s="7" t="s">
+      <c r="A738" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="B738" s="7">
+      <c r="B738" s="6">
         <v>94</v>
       </c>
-      <c r="C738" s="7">
+      <c r="C738" s="6">
         <v>661</v>
       </c>
-      <c r="D738" s="8" t="s">
+      <c r="D738" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="E738" s="7">
+      <c r="E738" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="739" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A739" s="7" t="s">
+      <c r="A739" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B739" s="7">
+      <c r="B739" s="6">
         <v>51</v>
       </c>
-      <c r="C739" s="7">
+      <c r="C739" s="6">
         <v>233</v>
       </c>
-      <c r="D739" s="8" t="s">
+      <c r="D739" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="E739" s="7">
+      <c r="E739" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="740" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A740" s="7" t="s">
+      <c r="A740" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="B740" s="7">
+      <c r="B740" s="6">
         <v>4</v>
       </c>
-      <c r="C740" s="7">
+      <c r="C740" s="6">
         <v>13</v>
       </c>
-      <c r="D740" s="8" t="s">
+      <c r="D740" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="E740" s="7">
+      <c r="E740" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="741" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A741" s="7" t="s">
+      <c r="A741" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="B741" s="7">
-[...5 lines deleted...]
-      <c r="D741" s="8" t="s">
+      <c r="B741" s="6">
+        <v>0</v>
+      </c>
+      <c r="C741" s="6">
+        <v>0</v>
+      </c>
+      <c r="D741" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="E741" s="7">
+      <c r="E741" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="742" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A742" s="7" t="s">
+      <c r="A742" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B742" s="7">
+      <c r="B742" s="6">
         <v>19</v>
       </c>
-      <c r="C742" s="7">
+      <c r="C742" s="6">
         <v>128</v>
       </c>
-      <c r="D742" s="8" t="s">
+      <c r="D742" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="E742" s="7">
+      <c r="E742" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="743" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A743" s="7" t="s">
+      <c r="A743" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="B743" s="7">
+      <c r="B743" s="6">
         <v>8</v>
       </c>
-      <c r="C743" s="7">
+      <c r="C743" s="6">
         <v>53</v>
       </c>
-      <c r="D743" s="8" t="s">
+      <c r="D743" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="E743" s="7">
+      <c r="E743" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="744" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A744" s="7" t="s">
+      <c r="A744" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="B744" s="7">
-[...5 lines deleted...]
-      <c r="D744" s="8" t="s">
+      <c r="B744" s="6">
+        <v>0</v>
+      </c>
+      <c r="C744" s="6">
+        <v>0</v>
+      </c>
+      <c r="D744" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="E744" s="7">
+      <c r="E744" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="745" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A745" s="7" t="s">
+      <c r="A745" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="B745" s="7">
-[...5 lines deleted...]
-      <c r="D745" s="8" t="s">
+      <c r="B745" s="6">
+        <v>0</v>
+      </c>
+      <c r="C745" s="6">
+        <v>0</v>
+      </c>
+      <c r="D745" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="E745" s="7">
+      <c r="E745" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="746" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A746" s="7" t="s">
+      <c r="A746" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="B746" s="7">
-[...5 lines deleted...]
-      <c r="D746" s="8" t="s">
+      <c r="B746" s="6">
+        <v>0</v>
+      </c>
+      <c r="C746" s="6">
+        <v>0</v>
+      </c>
+      <c r="D746" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="E746" s="7">
+      <c r="E746" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="747" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A747" s="7" t="s">
+      <c r="A747" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="B747" s="7">
-[...5 lines deleted...]
-      <c r="D747" s="8" t="s">
+      <c r="B747" s="6">
+        <v>0</v>
+      </c>
+      <c r="C747" s="6">
+        <v>0</v>
+      </c>
+      <c r="D747" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="E747" s="7">
+      <c r="E747" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="748" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A748" s="7" t="s">
+      <c r="A748" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="B748" s="7">
-[...5 lines deleted...]
-      <c r="D748" s="8" t="s">
+      <c r="B748" s="6">
+        <v>0</v>
+      </c>
+      <c r="C748" s="6">
+        <v>0</v>
+      </c>
+      <c r="D748" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="E748" s="7">
+      <c r="E748" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="749" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A749" s="7" t="s">
+      <c r="A749" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="B749" s="7">
-[...5 lines deleted...]
-      <c r="D749" s="8" t="s">
+      <c r="B749" s="6">
+        <v>0</v>
+      </c>
+      <c r="C749" s="6">
+        <v>0</v>
+      </c>
+      <c r="D749" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="E749" s="7">
+      <c r="E749" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="750" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A750" s="7" t="s">
+      <c r="A750" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="B750" s="7">
-[...5 lines deleted...]
-      <c r="D750" s="8" t="s">
+      <c r="B750" s="6">
+        <v>0</v>
+      </c>
+      <c r="C750" s="6">
+        <v>0</v>
+      </c>
+      <c r="D750" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="E750" s="7">
+      <c r="E750" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="751" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A751" s="7" t="s">
+      <c r="A751" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="B751" s="7">
+      <c r="B751" s="6">
         <v>67</v>
       </c>
-      <c r="C751" s="7">
+      <c r="C751" s="6">
         <v>661</v>
       </c>
-      <c r="D751" s="8" t="s">
+      <c r="D751" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="E751" s="7">
+      <c r="E751" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="752" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A752" s="7" t="s">
+      <c r="A752" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B752" s="7">
+      <c r="B752" s="6">
         <v>22</v>
       </c>
-      <c r="C752" s="7">
+      <c r="C752" s="6">
         <v>96</v>
       </c>
-      <c r="D752" s="8" t="s">
+      <c r="D752" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="E752" s="7">
+      <c r="E752" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="753" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A753" s="7" t="s">
+      <c r="A753" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="B753" s="7">
+      <c r="B753" s="6">
         <v>4</v>
       </c>
-      <c r="C753" s="7">
+      <c r="C753" s="6">
         <v>24</v>
       </c>
-      <c r="D753" s="8" t="s">
+      <c r="D753" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="E753" s="7">
+      <c r="E753" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="754" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A754" s="7" t="s">
+      <c r="A754" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="B754" s="7">
-[...5 lines deleted...]
-      <c r="D754" s="8" t="s">
+      <c r="B754" s="6">
+        <v>0</v>
+      </c>
+      <c r="C754" s="6">
+        <v>0</v>
+      </c>
+      <c r="D754" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="E754" s="7">
+      <c r="E754" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="755" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A755" s="7" t="s">
+      <c r="A755" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B755" s="7">
+      <c r="B755" s="6">
         <v>16</v>
       </c>
-      <c r="C755" s="7">
+      <c r="C755" s="6">
         <v>88</v>
       </c>
-      <c r="D755" s="8" t="s">
+      <c r="D755" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="E755" s="7">
+      <c r="E755" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="756" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A756" s="7" t="s">
+      <c r="A756" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="B756" s="7">
+      <c r="B756" s="6">
         <v>6</v>
       </c>
-      <c r="C756" s="7">
+      <c r="C756" s="6">
         <v>57</v>
       </c>
-      <c r="D756" s="8" t="s">
+      <c r="D756" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="E756" s="7">
+      <c r="E756" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="757" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A757" s="7" t="s">
+      <c r="A757" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="B757" s="7">
-[...5 lines deleted...]
-      <c r="D757" s="8" t="s">
+      <c r="B757" s="6">
+        <v>0</v>
+      </c>
+      <c r="C757" s="6">
+        <v>0</v>
+      </c>
+      <c r="D757" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="E757" s="7">
+      <c r="E757" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="758" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A758" s="7" t="s">
+      <c r="A758" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="B758" s="7">
-[...5 lines deleted...]
-      <c r="D758" s="8" t="s">
+      <c r="B758" s="6">
+        <v>0</v>
+      </c>
+      <c r="C758" s="6">
+        <v>0</v>
+      </c>
+      <c r="D758" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="E758" s="7">
+      <c r="E758" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="759" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A759" s="7" t="s">
+      <c r="A759" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="B759" s="7">
-[...5 lines deleted...]
-      <c r="D759" s="8" t="s">
+      <c r="B759" s="6">
+        <v>0</v>
+      </c>
+      <c r="C759" s="6">
+        <v>0</v>
+      </c>
+      <c r="D759" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="E759" s="7">
+      <c r="E759" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="760" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A760" s="7" t="s">
+      <c r="A760" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="B760" s="7">
-[...5 lines deleted...]
-      <c r="D760" s="8" t="s">
+      <c r="B760" s="6">
+        <v>0</v>
+      </c>
+      <c r="C760" s="6">
+        <v>0</v>
+      </c>
+      <c r="D760" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="E760" s="7">
+      <c r="E760" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="761" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A761" s="7" t="s">
+      <c r="A761" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="B761" s="7">
+      <c r="B761" s="6">
         <v>86</v>
       </c>
-      <c r="C761" s="7">
+      <c r="C761" s="6">
         <v>86</v>
       </c>
-      <c r="D761" s="8" t="s">
+      <c r="D761" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E761" s="7">
+      <c r="E761" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="762" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A762" s="7" t="s">
+      <c r="A762" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B762" s="2">
         <v>0</v>
       </c>
       <c r="C762" s="2">
         <v>0</v>
       </c>
-      <c r="D762" s="8" t="s">
+      <c r="D762" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E762" s="7">
+      <c r="E762" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="763" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A763" s="7" t="s">
+      <c r="A763" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B763" s="2">
         <v>0</v>
       </c>
       <c r="C763" s="2">
         <v>0</v>
       </c>
-      <c r="D763" s="8" t="s">
+      <c r="D763" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E763" s="7">
+      <c r="E763" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="764" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A764" s="7" t="s">
+      <c r="A764" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B764" s="2">
         <v>208</v>
       </c>
       <c r="C764" s="2">
         <v>568</v>
       </c>
-      <c r="D764" s="8" t="s">
+      <c r="D764" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E764" s="7">
+      <c r="E764" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="765" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A765" s="7" t="s">
+      <c r="A765" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B765" s="2">
         <v>12</v>
       </c>
       <c r="C765" s="2">
         <v>29</v>
       </c>
-      <c r="D765" s="8" t="s">
+      <c r="D765" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E765" s="7">
+      <c r="E765" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="766" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A766" s="7" t="s">
+      <c r="A766" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B766" s="2">
         <v>14</v>
       </c>
       <c r="C766" s="2">
         <v>39</v>
       </c>
-      <c r="D766" s="8" t="s">
+      <c r="D766" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E766" s="7">
+      <c r="E766" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="767" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A767" s="7" t="s">
+      <c r="A767" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B767" s="2">
         <v>0</v>
       </c>
       <c r="C767" s="2">
         <v>0</v>
       </c>
-      <c r="D767" s="8" t="s">
+      <c r="D767" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E767" s="7">
+      <c r="E767" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="768" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A768" s="7" t="s">
+      <c r="A768" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B768" s="2">
         <v>8</v>
       </c>
       <c r="C768" s="2">
         <v>34</v>
       </c>
-      <c r="D768" s="8" t="s">
+      <c r="D768" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E768" s="7">
+      <c r="E768" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="769" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A769" s="7" t="s">
+      <c r="A769" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B769" s="2">
         <v>2</v>
       </c>
       <c r="C769" s="2">
         <v>6</v>
       </c>
-      <c r="D769" s="8" t="s">
+      <c r="D769" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E769" s="7">
+      <c r="E769" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="770" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A770" s="7" t="s">
+      <c r="A770" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B770" s="2">
         <v>0</v>
       </c>
       <c r="C770" s="2">
         <v>0</v>
       </c>
-      <c r="D770" s="8" t="s">
+      <c r="D770" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E770" s="7">
+      <c r="E770" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="771" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A771" s="7" t="s">
+      <c r="A771" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B771" s="2">
         <v>0</v>
       </c>
       <c r="C771" s="2">
         <v>0</v>
       </c>
-      <c r="D771" s="8" t="s">
+      <c r="D771" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E771" s="7">
+      <c r="E771" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="772" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A772" s="7" t="s">
+      <c r="A772" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B772" s="2">
         <v>0</v>
       </c>
       <c r="C772" s="2">
         <v>0</v>
       </c>
-      <c r="D772" s="8" t="s">
+      <c r="D772" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E772" s="7">
+      <c r="E772" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="773" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A773" s="7" t="s">
+      <c r="A773" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B773" s="2">
         <v>0</v>
       </c>
       <c r="C773" s="2">
         <v>0</v>
       </c>
-      <c r="D773" s="8" t="s">
+      <c r="D773" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E773" s="7">
+      <c r="E773" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="774" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A774" s="7" t="s">
+      <c r="A774" s="6" t="s">
         <v>34</v>
       </c>
       <c r="B774" s="2">
         <v>60</v>
       </c>
       <c r="C774" s="2">
         <v>60</v>
       </c>
       <c r="D774" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="E774" s="7">
+      <c r="E774" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="775" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A775" s="7" t="s">
+      <c r="A775" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B775" s="2">
         <v>0</v>
       </c>
       <c r="C775" s="2">
         <v>0</v>
       </c>
       <c r="D775" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="E775" s="7">
+      <c r="E775" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="776" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A776" s="7" t="s">
+      <c r="A776" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B776" s="2">
         <v>0</v>
       </c>
       <c r="C776" s="2">
         <v>0</v>
       </c>
       <c r="D776" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="E776" s="7">
+      <c r="E776" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="777" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A777" s="7" t="s">
+      <c r="A777" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B777" s="2">
         <v>271</v>
       </c>
       <c r="C777" s="2">
         <v>988</v>
       </c>
       <c r="D777" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="E777" s="7">
+      <c r="E777" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="778" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A778" s="7" t="s">
+      <c r="A778" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B778" s="2">
         <v>57</v>
       </c>
       <c r="C778" s="2">
         <v>124</v>
       </c>
       <c r="D778" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="E778" s="7">
+      <c r="E778" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="779" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A779" s="7" t="s">
+      <c r="A779" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B779" s="2">
         <v>8</v>
       </c>
       <c r="C779" s="2">
         <v>18</v>
       </c>
       <c r="D779" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="E779" s="7">
+      <c r="E779" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="780" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A780" s="7" t="s">
+      <c r="A780" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B780" s="2">
         <v>0</v>
       </c>
       <c r="C780" s="2">
         <v>0</v>
       </c>
       <c r="D780" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="E780" s="7">
+      <c r="E780" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="781" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A781" s="7" t="s">
+      <c r="A781" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B781" s="2">
         <v>34</v>
       </c>
       <c r="C781" s="2">
         <v>142</v>
       </c>
       <c r="D781" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="E781" s="7">
+      <c r="E781" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="782" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A782" s="7" t="s">
+      <c r="A782" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B782" s="2">
         <v>18</v>
       </c>
       <c r="C782" s="2">
         <v>50</v>
       </c>
       <c r="D782" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="E782" s="7">
+      <c r="E782" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="783" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A783" s="7" t="s">
+      <c r="A783" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B783" s="2">
         <v>1</v>
       </c>
       <c r="C783" s="2">
         <v>1</v>
       </c>
       <c r="D783" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="E783" s="7">
+      <c r="E783" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="784" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A784" s="7" t="s">
+      <c r="A784" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B784" s="2">
         <v>0</v>
       </c>
       <c r="C784" s="2">
         <v>0</v>
       </c>
       <c r="D784" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="E784" s="7">
+      <c r="E784" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="785" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A785" s="7" t="s">
+      <c r="A785" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B785" s="2">
         <v>0</v>
       </c>
       <c r="C785" s="2">
         <v>0</v>
       </c>
       <c r="D785" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="E785" s="7">
+      <c r="E785" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="786" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A786" s="7" t="s">
+      <c r="A786" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B786" s="2">
         <v>0</v>
       </c>
       <c r="C786" s="2">
         <v>0</v>
       </c>
       <c r="D786" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="E786" s="7">
+      <c r="E786" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="787" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A787" s="7" t="s">
+      <c r="A787" s="6" t="s">
         <v>34</v>
       </c>
       <c r="B787" s="2">
         <v>79</v>
       </c>
       <c r="C787" s="2">
         <v>79</v>
       </c>
       <c r="D787" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="E787" s="7">
+      <c r="E787" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="788" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A788" s="7" t="s">
+      <c r="A788" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B788" s="2">
         <v>0</v>
       </c>
       <c r="C788" s="2">
         <v>0</v>
       </c>
       <c r="D788" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="E788" s="7">
+      <c r="E788" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="789" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A789" s="7" t="s">
+      <c r="A789" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B789" s="2">
         <v>0</v>
       </c>
       <c r="C789" s="2">
         <v>0</v>
       </c>
       <c r="D789" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="E789" s="7">
+      <c r="E789" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="790" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A790" s="7" t="s">
+      <c r="A790" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B790" s="2">
         <v>251</v>
       </c>
       <c r="C790" s="2">
         <v>868</v>
       </c>
       <c r="D790" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="E790" s="7">
+      <c r="E790" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="791" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A791" s="7" t="s">
+      <c r="A791" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B791" s="2">
         <v>97</v>
       </c>
       <c r="C791" s="2">
         <v>227</v>
       </c>
       <c r="D791" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="E791" s="7">
+      <c r="E791" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="792" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A792" s="7" t="s">
+      <c r="A792" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B792" s="2">
         <v>8</v>
       </c>
       <c r="C792" s="2">
         <v>26</v>
       </c>
       <c r="D792" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="E792" s="7">
+      <c r="E792" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="793" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A793" s="7" t="s">
+      <c r="A793" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B793" s="2">
         <v>0</v>
       </c>
       <c r="C793" s="2">
         <v>0</v>
       </c>
       <c r="D793" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="E793" s="7">
+      <c r="E793" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="794" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A794" s="7" t="s">
+      <c r="A794" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B794" s="2">
         <v>15</v>
       </c>
       <c r="C794" s="2">
         <v>101</v>
       </c>
       <c r="D794" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="E794" s="7">
+      <c r="E794" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="795" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A795" s="7" t="s">
+      <c r="A795" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B795" s="2">
         <v>14</v>
       </c>
       <c r="C795" s="2">
         <v>71</v>
       </c>
       <c r="D795" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="E795" s="7">
+      <c r="E795" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="796" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A796" s="7" t="s">
+      <c r="A796" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B796" s="2">
         <v>0</v>
       </c>
       <c r="C796" s="2">
         <v>0</v>
       </c>
       <c r="D796" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="E796" s="7">
+      <c r="E796" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="797" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A797" s="7" t="s">
+      <c r="A797" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B797" s="2">
         <v>0</v>
       </c>
       <c r="C797" s="2">
         <v>0</v>
       </c>
       <c r="D797" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="E797" s="7">
+      <c r="E797" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="798" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A798" s="7" t="s">
+      <c r="A798" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B798" s="2">
         <v>0</v>
       </c>
       <c r="C798" s="2">
         <v>0</v>
       </c>
       <c r="D798" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="E798" s="7">
+      <c r="E798" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="799" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A799" s="7" t="s">
+      <c r="A799" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B799" s="2">
         <v>0</v>
       </c>
       <c r="C799" s="2">
         <v>0</v>
       </c>
       <c r="D799" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="E799" s="7">
+      <c r="E799" s="6">
         <v>2023</v>
       </c>
     </row>
     <row r="800" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A800" s="7"/>
+      <c r="A800" s="6"/>
       <c r="B800" s="2"/>
       <c r="C800" s="2"/>
       <c r="D800" s="3"/>
       <c r="E800" s="2"/>
     </row>
     <row r="801" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A801" s="7" t="s">
+      <c r="A801" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B801" s="2">
         <v>17</v>
       </c>
       <c r="C801" s="2">
         <v>93</v>
       </c>
       <c r="D801" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E801" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="802" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A802" s="7" t="s">
+      <c r="A802" s="6" t="s">
         <v>35</v>
       </c>
       <c r="B802" s="2">
         <v>4</v>
       </c>
       <c r="C802" s="2">
         <v>4</v>
       </c>
       <c r="D802" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E802" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="803" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A803" s="7" t="s">
+      <c r="A803" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B803" s="2">
         <v>48</v>
       </c>
       <c r="C803" s="2">
         <v>4</v>
       </c>
       <c r="D803" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E803" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="804" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A804" s="7" t="s">
+      <c r="A804" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B804" s="2">
         <v>201</v>
       </c>
       <c r="C804" s="2">
         <v>48</v>
       </c>
       <c r="D804" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E804" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="805" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A805" s="7" t="s">
+      <c r="A805" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B805">
         <v>1835</v>
       </c>
       <c r="C805">
         <v>14</v>
       </c>
       <c r="D805" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E805" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="806" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A806" s="9" t="s">
+      <c r="A806" s="8" t="s">
         <v>36</v>
       </c>
       <c r="B806" s="2">
         <v>2</v>
       </c>
       <c r="C806" s="2">
         <v>2</v>
       </c>
       <c r="D806" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E806" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="807" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A807" s="7" t="s">
+      <c r="A807" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B807">
         <v>7</v>
       </c>
       <c r="C807">
         <v>2</v>
       </c>
       <c r="D807" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E807" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="808" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A808" s="7" t="s">
+      <c r="A808" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B808">
         <v>662</v>
       </c>
       <c r="C808">
         <v>127</v>
       </c>
       <c r="D808" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E808" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="809" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A809" s="7" t="s">
+      <c r="A809" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B809">
         <v>22</v>
       </c>
       <c r="C809">
         <v>102</v>
       </c>
       <c r="D809" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E809" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="810" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A810" s="7" t="s">
+      <c r="A810" s="6" t="s">
         <v>35</v>
       </c>
       <c r="B810" s="2">
         <v>3</v>
       </c>
       <c r="C810" s="2">
         <v>3</v>
       </c>
       <c r="D810" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E810" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="811" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A811" s="7" t="s">
+      <c r="A811" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B811">
         <v>53</v>
       </c>
       <c r="C811">
         <v>7</v>
       </c>
       <c r="D811" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E811" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="812" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A812" s="7" t="s">
+      <c r="A812" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B812" s="2">
         <v>291</v>
       </c>
       <c r="C812" s="2">
         <v>45</v>
       </c>
       <c r="D812" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E812" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="813" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A813" s="7" t="s">
+      <c r="A813" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B813">
         <v>304</v>
       </c>
       <c r="C813">
         <v>7</v>
       </c>
       <c r="D813" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E813" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="814" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A814" s="7" t="s">
+      <c r="A814" s="6" t="s">
         <v>37</v>
       </c>
       <c r="B814" s="2">
         <v>5</v>
       </c>
       <c r="C814" s="2">
         <v>1</v>
       </c>
       <c r="D814" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E814" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="815" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A815" s="7" t="s">
+      <c r="A815" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B815">
         <v>18</v>
       </c>
       <c r="C815">
         <v>4</v>
       </c>
       <c r="D815" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E815" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="816" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A816" s="7" t="s">
+      <c r="A816" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B816">
         <v>956</v>
       </c>
       <c r="C816">
         <v>146</v>
       </c>
       <c r="D816" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E816" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="817" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A817" s="7" t="s">
+      <c r="A817" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B817">
         <v>7</v>
       </c>
       <c r="C817">
         <v>52</v>
       </c>
       <c r="D817" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E817" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="818" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A818" s="7" t="s">
+      <c r="A818" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B818">
         <v>31</v>
       </c>
       <c r="C818">
         <v>5</v>
       </c>
       <c r="D818" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E818" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="819" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A819" s="7" t="s">
+      <c r="A819" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B819" s="2">
         <v>191</v>
       </c>
       <c r="C819" s="2">
         <v>22</v>
       </c>
       <c r="D819" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E819" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="820" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A820" s="7" t="s">
+      <c r="A820" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B820">
         <v>4488</v>
       </c>
       <c r="C820">
         <v>9</v>
       </c>
       <c r="D820" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E820" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="821" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A821" s="7" t="s">
+      <c r="A821" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B821">
         <v>55</v>
       </c>
       <c r="C821">
         <v>5</v>
       </c>
       <c r="D821" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E821" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="822" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A822" s="10" t="s">
+      <c r="A822" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="B822" s="11">
+      <c r="B822" s="10">
         <v>503</v>
       </c>
-      <c r="C822" s="11">
+      <c r="C822" s="10">
         <v>79</v>
       </c>
-      <c r="D822" s="12" t="s">
+      <c r="D822" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E822" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="823" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A823" s="13" t="s">
+      <c r="A823" s="11" t="s">
         <v>38</v>
       </c>
-      <c r="B823" s="15">
+      <c r="B823" s="12">
         <v>249</v>
       </c>
-      <c r="C823" s="15">
+      <c r="C823" s="12">
         <v>936</v>
       </c>
-      <c r="D823" s="12" t="s">
+      <c r="D823" s="5" t="s">
         <v>6</v>
       </c>
       <c r="E823" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="824" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A824" s="14" t="s">
+      <c r="A824" s="11" t="s">
         <v>39</v>
       </c>
-      <c r="B824" s="16">
+      <c r="B824" s="12">
         <v>119</v>
       </c>
-      <c r="C824" s="16">
+      <c r="C824" s="12">
         <v>389</v>
       </c>
-      <c r="D824" s="12" t="s">
+      <c r="D824" s="5" t="s">
         <v>6</v>
       </c>
       <c r="E824" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="825" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A825" s="13" t="s">
+      <c r="A825" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B825" s="15">
+      <c r="B825" s="12">
         <v>17</v>
       </c>
-      <c r="C825" s="15">
+      <c r="C825" s="12">
         <v>81</v>
       </c>
-      <c r="D825" s="12" t="s">
+      <c r="D825" s="5" t="s">
         <v>6</v>
       </c>
       <c r="E825" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="826" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A826" s="14" t="s">
+      <c r="A826" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B826" s="16">
-[...5 lines deleted...]
-      <c r="D826" s="12" t="s">
+      <c r="B826" s="12">
+        <v>0</v>
+      </c>
+      <c r="C826" s="12">
+        <v>0</v>
+      </c>
+      <c r="D826" s="5" t="s">
         <v>6</v>
       </c>
       <c r="E826" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="827" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A827" s="13" t="s">
+      <c r="A827" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B827" s="15">
+      <c r="B827" s="12">
         <v>6</v>
       </c>
-      <c r="C827" s="15">
+      <c r="C827" s="12">
         <v>16</v>
       </c>
-      <c r="D827" s="12" t="s">
+      <c r="D827" s="5" t="s">
         <v>6</v>
       </c>
       <c r="E827" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="828" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A828" s="14" t="s">
+      <c r="A828" s="11" t="s">
         <v>21</v>
       </c>
-      <c r="B828" s="16">
-[...5 lines deleted...]
-      <c r="D828" s="12" t="s">
+      <c r="B828" s="12">
+        <v>0</v>
+      </c>
+      <c r="C828" s="12">
+        <v>0</v>
+      </c>
+      <c r="D828" s="5" t="s">
         <v>6</v>
       </c>
       <c r="E828" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="829" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A829" s="13" t="s">
+      <c r="A829" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B829" s="15">
+      <c r="B829" s="12">
         <v>13</v>
       </c>
-      <c r="C829" s="15">
+      <c r="C829" s="12">
         <v>46</v>
       </c>
-      <c r="D829" s="12" t="s">
+      <c r="D829" s="5" t="s">
         <v>6</v>
       </c>
       <c r="E829" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="830" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A830" s="14" t="s">
+      <c r="A830" s="11" t="s">
         <v>24</v>
       </c>
-      <c r="B830" s="16">
+      <c r="B830" s="12">
         <v>69</v>
       </c>
-      <c r="C830" s="16">
+      <c r="C830" s="12">
         <v>69</v>
       </c>
-      <c r="D830" s="12" t="s">
+      <c r="D830" s="5" t="s">
         <v>6</v>
       </c>
       <c r="E830" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="831" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A831" s="13" t="s">
+      <c r="A831" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B831" s="15">
+      <c r="B831" s="12">
         <v>7</v>
       </c>
-      <c r="C831" s="15">
+      <c r="C831" s="12">
         <v>7</v>
       </c>
-      <c r="D831" s="12" t="s">
+      <c r="D831" s="5" t="s">
         <v>6</v>
       </c>
       <c r="E831" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="832" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A832" s="14" t="s">
+      <c r="A832" s="11" t="s">
         <v>45</v>
       </c>
-      <c r="B832" s="17">
-[...5 lines deleted...]
-      <c r="D832" s="12" t="s">
+      <c r="B832" s="13">
+        <v>0</v>
+      </c>
+      <c r="C832" s="13">
+        <v>0</v>
+      </c>
+      <c r="D832" s="5" t="s">
         <v>6</v>
       </c>
       <c r="E832" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="833" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A833" s="13" t="s">
+      <c r="A833" s="11" t="s">
         <v>46</v>
       </c>
-      <c r="B833" s="18">
-[...5 lines deleted...]
-      <c r="D833" s="12" t="s">
+      <c r="B833" s="13">
+        <v>0</v>
+      </c>
+      <c r="C833" s="13">
+        <v>0</v>
+      </c>
+      <c r="D833" s="5" t="s">
         <v>6</v>
       </c>
       <c r="E833" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="834" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A834" s="14" t="s">
+      <c r="A834" s="11" t="s">
         <v>47</v>
       </c>
-      <c r="B834" s="17">
+      <c r="B834" s="13">
         <v>40</v>
       </c>
-      <c r="C834" s="17">
+      <c r="C834" s="13">
         <v>40</v>
       </c>
-      <c r="D834" s="12" t="s">
+      <c r="D834" s="5" t="s">
         <v>6</v>
       </c>
       <c r="E834" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="835" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A835" s="13" t="s">
+      <c r="A835" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="B835" s="18">
-[...5 lines deleted...]
-      <c r="D835" s="12" t="s">
+      <c r="B835" s="13">
+        <v>0</v>
+      </c>
+      <c r="C835" s="13">
+        <v>0</v>
+      </c>
+      <c r="D835" s="5" t="s">
         <v>6</v>
       </c>
       <c r="E835" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="836" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A836" s="13" t="s">
+      <c r="A836" s="11" t="s">
         <v>38</v>
       </c>
-      <c r="B836" s="15">
+      <c r="B836" s="12">
         <v>248</v>
       </c>
-      <c r="C836" s="15">
+      <c r="C836" s="12">
         <v>1027</v>
       </c>
-      <c r="D836" s="19" t="s">
+      <c r="D836" s="14" t="s">
         <v>14</v>
       </c>
       <c r="E836">
         <v>2024</v>
       </c>
     </row>
     <row r="837" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A837" s="14" t="s">
+      <c r="A837" s="11" t="s">
         <v>39</v>
       </c>
-      <c r="B837" s="16">
+      <c r="B837" s="12">
         <v>142</v>
       </c>
-      <c r="C837" s="16">
+      <c r="C837" s="12">
         <v>574</v>
       </c>
-      <c r="D837" s="19" t="s">
+      <c r="D837" s="14" t="s">
         <v>14</v>
       </c>
       <c r="E837">
         <v>2024</v>
       </c>
     </row>
     <row r="838" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A838" s="13" t="s">
+      <c r="A838" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B838" s="15">
+      <c r="B838" s="12">
         <v>28</v>
       </c>
-      <c r="C838" s="15">
+      <c r="C838" s="12">
         <v>111</v>
       </c>
-      <c r="D838" s="19" t="s">
+      <c r="D838" s="14" t="s">
         <v>14</v>
       </c>
       <c r="E838">
         <v>2024</v>
       </c>
     </row>
     <row r="839" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A839" s="14" t="s">
+      <c r="A839" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B839" s="16">
-[...5 lines deleted...]
-      <c r="D839" s="19" t="s">
+      <c r="B839" s="12">
+        <v>0</v>
+      </c>
+      <c r="C839" s="12">
+        <v>0</v>
+      </c>
+      <c r="D839" s="14" t="s">
         <v>14</v>
       </c>
       <c r="E839">
         <v>2024</v>
       </c>
     </row>
     <row r="840" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A840" s="13" t="s">
+      <c r="A840" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B840" s="15">
+      <c r="B840" s="12">
         <v>16</v>
       </c>
-      <c r="C840" s="15">
+      <c r="C840" s="12">
         <v>46</v>
       </c>
-      <c r="D840" s="19" t="s">
+      <c r="D840" s="14" t="s">
         <v>14</v>
       </c>
       <c r="E840">
         <v>2024</v>
       </c>
     </row>
     <row r="841" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A841" s="14" t="s">
+      <c r="A841" s="11" t="s">
         <v>21</v>
       </c>
-      <c r="B841" s="16">
-[...5 lines deleted...]
-      <c r="D841" s="19" t="s">
+      <c r="B841" s="12">
+        <v>0</v>
+      </c>
+      <c r="C841" s="12">
+        <v>0</v>
+      </c>
+      <c r="D841" s="14" t="s">
         <v>14</v>
       </c>
       <c r="E841">
         <v>2024</v>
       </c>
     </row>
     <row r="842" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A842" s="13" t="s">
+      <c r="A842" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B842" s="15">
+      <c r="B842" s="12">
         <v>29</v>
       </c>
-      <c r="C842" s="15">
+      <c r="C842" s="12">
         <v>186</v>
       </c>
-      <c r="D842" s="19" t="s">
+      <c r="D842" s="14" t="s">
         <v>14</v>
       </c>
       <c r="E842">
         <v>2024</v>
       </c>
     </row>
     <row r="843" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A843" s="14" t="s">
+      <c r="A843" s="11" t="s">
         <v>24</v>
       </c>
-      <c r="B843" s="16">
+      <c r="B843" s="12">
         <v>2006</v>
       </c>
-      <c r="C843" s="16">
+      <c r="C843" s="12">
         <v>2006</v>
       </c>
-      <c r="D843" s="19" t="s">
+      <c r="D843" s="14" t="s">
         <v>14</v>
       </c>
       <c r="E843">
         <v>2024</v>
       </c>
     </row>
     <row r="844" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A844" s="13" t="s">
+      <c r="A844" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B844" s="15">
+      <c r="B844" s="12">
         <v>5</v>
       </c>
-      <c r="C844" s="15">
+      <c r="C844" s="12">
         <v>5</v>
       </c>
-      <c r="D844" s="19" t="s">
+      <c r="D844" s="14" t="s">
         <v>14</v>
       </c>
       <c r="E844">
         <v>2024</v>
       </c>
     </row>
     <row r="845" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A845" s="14" t="s">
+      <c r="A845" s="11" t="s">
         <v>45</v>
       </c>
-      <c r="B845" s="17">
-[...5 lines deleted...]
-      <c r="D845" s="19" t="s">
+      <c r="B845" s="13">
+        <v>0</v>
+      </c>
+      <c r="C845" s="13">
+        <v>0</v>
+      </c>
+      <c r="D845" s="14" t="s">
         <v>14</v>
       </c>
       <c r="E845">
         <v>2024</v>
       </c>
     </row>
     <row r="846" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A846" s="13" t="s">
+      <c r="A846" s="11" t="s">
         <v>46</v>
       </c>
-      <c r="B846" s="18">
-[...5 lines deleted...]
-      <c r="D846" s="19" t="s">
+      <c r="B846" s="13">
+        <v>0</v>
+      </c>
+      <c r="C846" s="13">
+        <v>0</v>
+      </c>
+      <c r="D846" s="14" t="s">
         <v>14</v>
       </c>
       <c r="E846">
         <v>2024</v>
       </c>
     </row>
     <row r="847" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A847" s="14" t="s">
+      <c r="A847" s="11" t="s">
         <v>47</v>
       </c>
-      <c r="B847" s="17">
+      <c r="B847" s="13">
         <v>34</v>
       </c>
-      <c r="C847" s="17">
+      <c r="C847" s="13">
         <v>34</v>
       </c>
-      <c r="D847" s="19" t="s">
+      <c r="D847" s="14" t="s">
         <v>14</v>
       </c>
       <c r="E847">
         <v>2024</v>
       </c>
     </row>
     <row r="848" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A848" s="13" t="s">
+      <c r="A848" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="B848" s="18">
-[...5 lines deleted...]
-      <c r="D848" s="19" t="s">
+      <c r="B848" s="13">
+        <v>0</v>
+      </c>
+      <c r="C848" s="13">
+        <v>0</v>
+      </c>
+      <c r="D848" s="14" t="s">
         <v>14</v>
       </c>
       <c r="E848">
         <v>2024</v>
       </c>
     </row>
     <row r="849" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A849" s="13" t="s">
+      <c r="A849" s="11" t="s">
         <v>38</v>
       </c>
-      <c r="B849" s="11">
+      <c r="B849" s="10">
         <v>250</v>
       </c>
-      <c r="C849" s="11">
+      <c r="C849" s="10">
         <v>903</v>
       </c>
-      <c r="D849" s="19" t="s">
+      <c r="D849" s="14" t="s">
         <v>15</v>
       </c>
       <c r="E849">
         <v>2024</v>
       </c>
     </row>
     <row r="850" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A850" s="14" t="s">
+      <c r="A850" s="11" t="s">
         <v>39</v>
       </c>
       <c r="B850">
         <v>153</v>
       </c>
       <c r="C850">
         <v>520</v>
       </c>
-      <c r="D850" s="19" t="s">
+      <c r="D850" s="14" t="s">
         <v>15</v>
       </c>
       <c r="E850">
         <v>2024</v>
       </c>
     </row>
     <row r="851" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A851" s="13" t="s">
+      <c r="A851" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B851">
         <v>17</v>
       </c>
       <c r="C851">
         <v>82</v>
       </c>
-      <c r="D851" s="19" t="s">
+      <c r="D851" s="14" t="s">
         <v>15</v>
       </c>
       <c r="E851">
         <v>2024</v>
       </c>
     </row>
     <row r="852" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A852" s="14" t="s">
+      <c r="A852" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B852">
         <v>0</v>
       </c>
       <c r="C852">
         <v>0</v>
       </c>
-      <c r="D852" s="19" t="s">
+      <c r="D852" s="14" t="s">
         <v>15</v>
       </c>
       <c r="E852">
         <v>2024</v>
       </c>
     </row>
     <row r="853" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A853" s="13" t="s">
+      <c r="A853" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B853">
         <v>11</v>
       </c>
       <c r="C853">
         <v>16</v>
       </c>
-      <c r="D853" s="19" t="s">
+      <c r="D853" s="14" t="s">
         <v>15</v>
       </c>
       <c r="E853">
         <v>2024</v>
       </c>
     </row>
     <row r="854" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A854" s="14" t="s">
+      <c r="A854" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B854">
         <v>0</v>
       </c>
       <c r="C854">
         <v>0</v>
       </c>
-      <c r="D854" s="19" t="s">
+      <c r="D854" s="14" t="s">
         <v>15</v>
       </c>
       <c r="E854">
         <v>2024</v>
       </c>
     </row>
     <row r="855" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A855" s="13" t="s">
+      <c r="A855" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B855">
         <v>18</v>
       </c>
       <c r="C855">
         <v>93</v>
       </c>
-      <c r="D855" s="19" t="s">
+      <c r="D855" s="14" t="s">
         <v>15</v>
       </c>
       <c r="E855">
         <v>2024</v>
       </c>
     </row>
     <row r="856" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A856" s="14" t="s">
+      <c r="A856" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B856">
         <v>120</v>
       </c>
       <c r="C856">
         <v>120</v>
       </c>
-      <c r="D856" s="19" t="s">
+      <c r="D856" s="14" t="s">
         <v>15</v>
       </c>
       <c r="E856">
         <v>2024</v>
       </c>
     </row>
     <row r="857" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A857" s="13" t="s">
+      <c r="A857" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B857">
         <v>149</v>
       </c>
       <c r="C857">
         <v>149</v>
       </c>
-      <c r="D857" s="19" t="s">
+      <c r="D857" s="14" t="s">
         <v>15</v>
       </c>
       <c r="E857">
         <v>2024</v>
       </c>
     </row>
     <row r="858" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A858" s="14" t="s">
+      <c r="A858" s="11" t="s">
         <v>45</v>
       </c>
       <c r="B858">
         <v>0</v>
       </c>
       <c r="C858">
         <v>0</v>
       </c>
-      <c r="D858" s="19" t="s">
+      <c r="D858" s="14" t="s">
         <v>15</v>
       </c>
       <c r="E858">
         <v>2024</v>
       </c>
     </row>
     <row r="859" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A859" s="13" t="s">
+      <c r="A859" s="11" t="s">
         <v>46</v>
       </c>
       <c r="B859">
         <v>0</v>
       </c>
       <c r="C859">
         <v>0</v>
       </c>
-      <c r="D859" s="19" t="s">
+      <c r="D859" s="14" t="s">
         <v>15</v>
       </c>
       <c r="E859">
         <v>2024</v>
       </c>
     </row>
     <row r="860" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A860" s="14" t="s">
+      <c r="A860" s="11" t="s">
         <v>47</v>
       </c>
       <c r="B860">
         <v>0</v>
       </c>
       <c r="C860">
         <v>0</v>
       </c>
-      <c r="D860" s="19" t="s">
+      <c r="D860" s="14" t="s">
         <v>15</v>
       </c>
       <c r="E860">
         <v>2024</v>
       </c>
     </row>
     <row r="861" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A861" s="13" t="s">
+      <c r="A861" s="11" t="s">
         <v>48</v>
       </c>
       <c r="B861">
         <v>0</v>
       </c>
       <c r="C861">
         <v>0</v>
       </c>
-      <c r="D861" s="19" t="s">
+      <c r="D861" s="14" t="s">
         <v>15</v>
       </c>
       <c r="E861">
         <v>2024</v>
       </c>
     </row>
     <row r="862" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A862" s="13" t="s">
+      <c r="A862" s="11" t="s">
         <v>38</v>
       </c>
       <c r="B862">
         <v>254</v>
       </c>
       <c r="C862">
         <v>1055</v>
       </c>
-      <c r="D862" s="19" t="s">
+      <c r="D862" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E862">
         <v>2024</v>
       </c>
     </row>
     <row r="863" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A863" s="14" t="s">
+      <c r="A863" s="11" t="s">
         <v>39</v>
       </c>
       <c r="B863">
         <v>198</v>
       </c>
       <c r="C863">
         <v>780</v>
       </c>
-      <c r="D863" s="19" t="s">
+      <c r="D863" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E863">
         <v>2024</v>
       </c>
     </row>
     <row r="864" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A864" s="13" t="s">
+      <c r="A864" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B864">
         <v>13</v>
       </c>
       <c r="C864">
         <v>36</v>
       </c>
-      <c r="D864" s="19" t="s">
+      <c r="D864" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E864">
         <v>2024</v>
       </c>
     </row>
     <row r="865" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A865" s="14" t="s">
+      <c r="A865" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="D865" s="19" t="s">
+      <c r="D865" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E865">
         <v>2024</v>
       </c>
     </row>
     <row r="866" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A866" s="13" t="s">
+      <c r="A866" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B866">
         <v>12</v>
       </c>
       <c r="C866">
         <v>16</v>
       </c>
-      <c r="D866" s="19" t="s">
+      <c r="D866" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E866">
         <v>2024</v>
       </c>
     </row>
     <row r="867" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A867" s="14" t="s">
+      <c r="A867" s="11" t="s">
         <v>21</v>
       </c>
-      <c r="D867" s="19" t="s">
+      <c r="D867" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E867">
         <v>2024</v>
       </c>
     </row>
     <row r="868" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A868" s="13" t="s">
+      <c r="A868" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B868">
         <v>17</v>
       </c>
       <c r="C868">
         <v>101</v>
       </c>
-      <c r="D868" s="19" t="s">
+      <c r="D868" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E868">
         <v>2024</v>
       </c>
     </row>
     <row r="869" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A869" s="14" t="s">
+      <c r="A869" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B869">
         <v>133</v>
       </c>
       <c r="C869">
         <v>133</v>
       </c>
-      <c r="D869" s="19" t="s">
+      <c r="D869" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E869">
         <v>2024</v>
       </c>
     </row>
     <row r="870" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A870" s="13" t="s">
+      <c r="A870" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B870">
         <v>29</v>
       </c>
       <c r="C870">
         <v>29</v>
       </c>
-      <c r="D870" s="19" t="s">
+      <c r="D870" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E870">
         <v>2024</v>
       </c>
     </row>
     <row r="871" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A871" s="14" t="s">
+      <c r="A871" s="11" t="s">
         <v>45</v>
       </c>
-      <c r="D871" s="19" t="s">
+      <c r="D871" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E871">
         <v>2024</v>
       </c>
     </row>
     <row r="872" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A872" s="13" t="s">
+      <c r="A872" s="11" t="s">
         <v>46</v>
       </c>
       <c r="B872">
         <v>1</v>
       </c>
       <c r="C872">
         <v>1</v>
       </c>
-      <c r="D872" s="19" t="s">
+      <c r="D872" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E872">
         <v>2024</v>
       </c>
     </row>
     <row r="873" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A873" s="14" t="s">
+      <c r="A873" s="11" t="s">
         <v>47</v>
       </c>
-      <c r="D873" s="19" t="s">
+      <c r="D873" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E873">
         <v>2024</v>
       </c>
     </row>
     <row r="874" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A874" s="13" t="s">
+      <c r="A874" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="D874" s="19" t="s">
+      <c r="D874" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E874">
         <v>2024</v>
       </c>
     </row>
     <row r="875" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A875" s="13" t="s">
+      <c r="A875" s="11" t="s">
         <v>38</v>
       </c>
       <c r="B875">
         <v>248</v>
       </c>
       <c r="C875">
         <v>1026</v>
       </c>
-      <c r="D875" s="19" t="s">
+      <c r="D875" s="14" t="s">
         <v>17</v>
       </c>
       <c r="E875">
         <v>2024</v>
       </c>
     </row>
     <row r="876" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A876" s="14" t="s">
+      <c r="A876" s="11" t="s">
         <v>39</v>
       </c>
       <c r="B876">
         <v>152</v>
       </c>
       <c r="C876">
         <v>603</v>
       </c>
-      <c r="D876" s="19" t="s">
+      <c r="D876" s="14" t="s">
         <v>17</v>
       </c>
       <c r="E876">
         <v>2024</v>
       </c>
     </row>
     <row r="877" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A877" s="13" t="s">
+      <c r="A877" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B877">
         <v>8</v>
       </c>
       <c r="C877">
         <v>22</v>
       </c>
-      <c r="D877" s="19" t="s">
+      <c r="D877" s="14" t="s">
         <v>17</v>
       </c>
       <c r="E877">
         <v>2024</v>
       </c>
     </row>
     <row r="878" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A878" s="13" t="s">
+      <c r="A878" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B878">
         <v>26</v>
       </c>
       <c r="C878">
         <v>55</v>
       </c>
-      <c r="D878" s="19" t="s">
+      <c r="D878" s="14" t="s">
         <v>17</v>
       </c>
       <c r="E878">
         <v>2024</v>
       </c>
     </row>
     <row r="879" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A879" s="13" t="s">
+      <c r="A879" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B879">
         <v>28</v>
       </c>
       <c r="C879">
         <v>136</v>
       </c>
-      <c r="D879" s="19" t="s">
+      <c r="D879" s="14" t="s">
         <v>17</v>
       </c>
       <c r="E879">
         <v>2024</v>
       </c>
     </row>
     <row r="880" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A880" s="14" t="s">
+      <c r="A880" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B880">
         <v>6701</v>
       </c>
       <c r="C880">
         <v>6701</v>
       </c>
-      <c r="D880" s="19" t="s">
+      <c r="D880" s="14" t="s">
         <v>17</v>
       </c>
       <c r="E880">
         <v>2024</v>
       </c>
     </row>
     <row r="881" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A881" s="13" t="s">
+      <c r="A881" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B881">
         <v>62</v>
       </c>
       <c r="C881">
         <v>62</v>
       </c>
-      <c r="D881" s="19" t="s">
+      <c r="D881" s="14" t="s">
         <v>17</v>
       </c>
       <c r="E881">
         <v>2024</v>
       </c>
     </row>
     <row r="882" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A882" s="13" t="s">
+      <c r="A882" s="11" t="s">
         <v>46</v>
       </c>
       <c r="B882">
         <v>1</v>
       </c>
       <c r="C882">
         <v>1</v>
       </c>
-      <c r="D882" s="19" t="s">
+      <c r="D882" s="14" t="s">
         <v>17</v>
       </c>
       <c r="E882">
         <v>2024</v>
       </c>
     </row>
     <row r="883" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A883" s="13" t="s">
+      <c r="A883" s="11" t="s">
         <v>38</v>
       </c>
       <c r="B883">
         <v>186</v>
       </c>
       <c r="C883">
         <v>693</v>
       </c>
-      <c r="D883" s="19" t="s">
+      <c r="D883" s="14" t="s">
         <v>18</v>
       </c>
       <c r="E883">
         <v>2024</v>
       </c>
     </row>
     <row r="884" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A884" s="14" t="s">
+      <c r="A884" s="11" t="s">
         <v>39</v>
       </c>
       <c r="B884">
         <v>60</v>
       </c>
       <c r="C884">
         <v>260</v>
       </c>
-      <c r="D884" s="19" t="s">
+      <c r="D884" s="14" t="s">
         <v>18</v>
       </c>
       <c r="E884">
         <v>2024</v>
       </c>
     </row>
     <row r="885" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A885" s="13" t="s">
+      <c r="A885" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B885">
         <v>4</v>
       </c>
       <c r="C885">
         <v>12</v>
       </c>
-      <c r="D885" s="19" t="s">
+      <c r="D885" s="14" t="s">
         <v>18</v>
       </c>
       <c r="E885">
         <v>2024</v>
       </c>
     </row>
     <row r="886" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A886" s="13" t="s">
+      <c r="A886" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B886">
         <v>36</v>
       </c>
       <c r="C886">
         <v>162</v>
       </c>
-      <c r="D886" s="19" t="s">
+      <c r="D886" s="14" t="s">
         <v>18</v>
       </c>
       <c r="E886">
         <v>2024</v>
       </c>
     </row>
     <row r="887" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A887" s="14" t="s">
+      <c r="A887" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B887">
         <v>177</v>
       </c>
       <c r="C887">
         <v>177</v>
       </c>
-      <c r="D887" s="19" t="s">
+      <c r="D887" s="14" t="s">
         <v>18</v>
       </c>
       <c r="E887">
         <v>2024</v>
       </c>
     </row>
     <row r="888" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A888" s="13" t="s">
+      <c r="A888" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B888">
         <v>54</v>
       </c>
       <c r="C888">
         <v>54</v>
       </c>
-      <c r="D888" s="19" t="s">
+      <c r="D888" s="14" t="s">
         <v>18</v>
       </c>
       <c r="E888">
         <v>2024</v>
       </c>
     </row>
     <row r="889" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A889" s="20" t="s">
+      <c r="A889" s="11" t="s">
         <v>38</v>
       </c>
       <c r="B889">
         <v>207</v>
       </c>
       <c r="C889">
         <v>694</v>
       </c>
-      <c r="D889" s="19" t="s">
+      <c r="D889" s="14" t="s">
         <v>19</v>
       </c>
       <c r="E889">
         <v>2024</v>
       </c>
     </row>
     <row r="890" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A890" s="21" t="s">
+      <c r="A890" s="11" t="s">
         <v>39</v>
       </c>
       <c r="B890">
         <v>64</v>
       </c>
       <c r="C890">
         <v>245</v>
       </c>
-      <c r="D890" s="19" t="s">
+      <c r="D890" s="14" t="s">
         <v>19</v>
       </c>
       <c r="E890">
         <v>2024</v>
       </c>
     </row>
     <row r="891" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A891" s="21" t="s">
+      <c r="A891" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B891">
         <v>4</v>
       </c>
       <c r="C891">
         <v>18</v>
       </c>
-      <c r="D891" s="19" t="s">
+      <c r="D891" s="14" t="s">
         <v>19</v>
       </c>
       <c r="E891">
         <v>2024</v>
       </c>
     </row>
     <row r="892" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A892" s="20" t="s">
+      <c r="A892" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B892">
         <v>48</v>
       </c>
       <c r="C892">
         <v>317</v>
       </c>
-      <c r="D892" s="19" t="s">
+      <c r="D892" s="14" t="s">
         <v>19</v>
       </c>
       <c r="E892">
         <v>2024</v>
       </c>
     </row>
     <row r="893" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A893" s="21" t="s">
+      <c r="A893" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B893">
         <v>87</v>
       </c>
       <c r="C893">
         <v>87</v>
       </c>
-      <c r="D893" s="19" t="s">
+      <c r="D893" s="14" t="s">
         <v>19</v>
       </c>
       <c r="E893">
         <v>2024</v>
       </c>
     </row>
     <row r="894" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A894" s="21" t="s">
+      <c r="A894" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B894">
         <v>544</v>
       </c>
       <c r="C894">
         <v>544</v>
       </c>
-      <c r="D894" s="19" t="s">
+      <c r="D894" s="14" t="s">
         <v>19</v>
       </c>
       <c r="E894">
         <v>2024</v>
       </c>
     </row>
     <row r="895" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A895" s="20" t="s">
+      <c r="A895" s="11" t="s">
         <v>38</v>
       </c>
       <c r="B895">
         <v>203</v>
       </c>
       <c r="C895">
         <v>578</v>
       </c>
-      <c r="D895" s="19" t="s">
+      <c r="D895" s="14" t="s">
         <v>20</v>
       </c>
       <c r="E895">
         <v>2024</v>
       </c>
     </row>
     <row r="896" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A896" s="21" t="s">
+      <c r="A896" s="11" t="s">
         <v>39</v>
       </c>
       <c r="B896">
         <v>64</v>
       </c>
       <c r="C896">
         <v>222</v>
       </c>
-      <c r="D896" s="19" t="s">
+      <c r="D896" s="14" t="s">
         <v>20</v>
       </c>
       <c r="E896">
         <v>2024</v>
       </c>
     </row>
     <row r="897" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A897" s="21" t="s">
+      <c r="A897" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B897">
         <v>1</v>
       </c>
       <c r="C897">
         <v>6</v>
       </c>
-      <c r="D897" s="19" t="s">
+      <c r="D897" s="14" t="s">
         <v>20</v>
       </c>
       <c r="E897">
         <v>2024</v>
       </c>
     </row>
     <row r="898" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A898" s="20" t="s">
+      <c r="A898" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B898">
         <v>19</v>
       </c>
       <c r="C898">
         <v>123</v>
       </c>
-      <c r="D898" s="19" t="s">
+      <c r="D898" s="14" t="s">
         <v>20</v>
       </c>
       <c r="E898">
         <v>2024</v>
       </c>
     </row>
     <row r="899" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A899" s="21" t="s">
+      <c r="A899" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B899">
         <v>82</v>
       </c>
       <c r="C899">
         <v>82</v>
       </c>
-      <c r="D899" s="19" t="s">
+      <c r="D899" s="14" t="s">
         <v>20</v>
       </c>
       <c r="E899">
         <v>2024</v>
       </c>
     </row>
     <row r="900" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A900" s="20" t="s">
+      <c r="A900" s="11" t="s">
         <v>46</v>
       </c>
       <c r="B900">
         <v>1</v>
       </c>
       <c r="C900" t="s">
         <v>25</v>
       </c>
-      <c r="D900" s="19" t="s">
+      <c r="D900" s="14" t="s">
         <v>20</v>
       </c>
       <c r="E900">
         <v>2024</v>
       </c>
     </row>
     <row r="901" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A901" s="21" t="s">
+      <c r="A901" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B901">
         <v>278</v>
       </c>
       <c r="C901">
         <v>278</v>
       </c>
-      <c r="D901" s="19" t="s">
+      <c r="D901" s="14" t="s">
         <v>20</v>
       </c>
       <c r="E901">
         <v>2024</v>
       </c>
     </row>
     <row r="902" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A902" s="20" t="s">
+      <c r="A902" s="11" t="s">
         <v>38</v>
       </c>
       <c r="B902">
         <v>225</v>
       </c>
       <c r="C902">
         <v>705</v>
       </c>
       <c r="D902" t="s">
         <v>22</v>
       </c>
       <c r="E902">
         <v>2024</v>
       </c>
     </row>
     <row r="903" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A903" s="21" t="s">
+      <c r="A903" s="11" t="s">
         <v>39</v>
       </c>
       <c r="B903">
         <v>103</v>
       </c>
       <c r="C903">
         <v>508</v>
       </c>
       <c r="D903" t="s">
         <v>22</v>
       </c>
       <c r="E903">
         <v>2024</v>
       </c>
     </row>
     <row r="904" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A904" s="20" t="s">
+      <c r="A904" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B904">
         <v>2</v>
       </c>
       <c r="C904">
         <v>5</v>
       </c>
       <c r="D904" t="s">
         <v>22</v>
       </c>
       <c r="E904">
         <v>2024</v>
       </c>
     </row>
     <row r="905" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A905" s="21" t="s">
+      <c r="A905" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B905">
         <v>9</v>
       </c>
       <c r="C905">
         <v>19</v>
       </c>
       <c r="D905" t="s">
         <v>22</v>
       </c>
       <c r="E905">
         <v>2024</v>
       </c>
     </row>
     <row r="906" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A906" s="20" t="s">
+      <c r="A906" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B906">
         <v>15</v>
       </c>
       <c r="C906">
         <v>63</v>
       </c>
       <c r="D906" t="s">
         <v>22</v>
       </c>
       <c r="E906">
         <v>2024</v>
       </c>
     </row>
     <row r="907" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A907" s="21" t="s">
+      <c r="A907" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B907">
         <v>20</v>
       </c>
       <c r="C907">
         <v>20</v>
       </c>
       <c r="D907" t="s">
         <v>22</v>
       </c>
       <c r="E907">
         <v>2024</v>
       </c>
     </row>
     <row r="908" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A908" s="20" t="s">
+      <c r="A908" s="11" t="s">
         <v>46</v>
       </c>
       <c r="B908">
         <v>1</v>
       </c>
       <c r="C908">
         <v>23</v>
       </c>
       <c r="D908" t="s">
         <v>22</v>
       </c>
       <c r="E908">
         <v>2024</v>
       </c>
     </row>
     <row r="909" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A909" s="21" t="s">
+      <c r="A909" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B909">
         <v>2402</v>
       </c>
       <c r="C909">
         <v>2402</v>
       </c>
       <c r="D909" t="s">
         <v>22</v>
       </c>
       <c r="E909">
         <v>2024</v>
       </c>
     </row>
     <row r="910" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A910" s="20" t="s">
+      <c r="A910" s="11" t="s">
         <v>38</v>
       </c>
       <c r="B910">
         <v>251</v>
       </c>
       <c r="C910">
         <v>900</v>
       </c>
       <c r="D910" t="s">
         <v>26</v>
       </c>
       <c r="E910">
         <v>2024</v>
       </c>
     </row>
     <row r="911" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A911" s="21" t="s">
+      <c r="A911" s="11" t="s">
         <v>39</v>
       </c>
       <c r="B911">
         <v>122</v>
       </c>
       <c r="C911">
         <v>505</v>
       </c>
       <c r="D911" t="s">
         <v>26</v>
       </c>
       <c r="E911">
         <v>2024</v>
       </c>
     </row>
     <row r="912" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A912" s="21" t="s">
+      <c r="A912" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B912">
         <v>24</v>
       </c>
       <c r="C912">
         <v>62</v>
       </c>
       <c r="D912" t="s">
         <v>26</v>
       </c>
       <c r="E912">
         <v>2024</v>
       </c>
     </row>
     <row r="913" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A913" s="20" t="s">
+      <c r="A913" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B913">
         <v>20</v>
       </c>
       <c r="C913">
         <v>104</v>
       </c>
       <c r="D913" t="s">
         <v>26</v>
       </c>
       <c r="E913">
         <v>2024</v>
       </c>
     </row>
     <row r="914" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A914" s="21" t="s">
+      <c r="A914" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B914">
         <v>53</v>
       </c>
       <c r="C914">
         <v>53</v>
       </c>
       <c r="D914" t="s">
         <v>26</v>
       </c>
       <c r="E914">
         <v>2024</v>
       </c>
     </row>
     <row r="915" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A915" s="21" t="s">
+      <c r="A915" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B915">
         <v>2567</v>
       </c>
       <c r="C915">
         <v>2567</v>
       </c>
       <c r="D915" t="s">
         <v>26</v>
       </c>
       <c r="E915">
         <v>2024</v>
       </c>
     </row>
     <row r="916" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A916" s="20" t="s">
+      <c r="A916" s="11" t="s">
         <v>38</v>
       </c>
       <c r="B916">
         <v>285</v>
       </c>
       <c r="C916">
         <v>11664</v>
       </c>
       <c r="D916" t="s">
         <v>27</v>
       </c>
       <c r="E916">
         <v>2024</v>
       </c>
     </row>
     <row r="917" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A917" s="21" t="s">
+      <c r="A917" s="11" t="s">
         <v>39</v>
       </c>
       <c r="B917">
         <v>199</v>
       </c>
       <c r="C917">
         <v>649</v>
       </c>
       <c r="D917" t="s">
         <v>27</v>
       </c>
       <c r="E917">
         <v>2024</v>
       </c>
     </row>
     <row r="918" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A918" s="20" t="s">
+      <c r="A918" s="11" t="s">
         <v>47</v>
       </c>
       <c r="B918">
         <v>27</v>
       </c>
       <c r="C918">
         <v>27</v>
       </c>
       <c r="D918" t="s">
         <v>27</v>
       </c>
       <c r="E918">
         <v>2024</v>
       </c>
     </row>
     <row r="919" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A919" s="21" t="s">
+      <c r="A919" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B919">
         <v>5</v>
       </c>
       <c r="C919">
         <v>30</v>
       </c>
       <c r="D919" t="s">
         <v>27</v>
       </c>
       <c r="E919">
         <v>2024</v>
       </c>
     </row>
     <row r="920" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A920" s="20" t="s">
+      <c r="A920" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B920">
         <v>28</v>
       </c>
       <c r="C920">
         <v>156</v>
       </c>
       <c r="D920" t="s">
         <v>27</v>
       </c>
       <c r="E920">
         <v>2024</v>
       </c>
     </row>
     <row r="921" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A921" s="21" t="s">
+      <c r="A921" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B921">
         <v>34</v>
       </c>
       <c r="C921">
         <v>34</v>
       </c>
       <c r="D921" t="s">
         <v>27</v>
       </c>
       <c r="E921">
         <v>2024</v>
       </c>
     </row>
     <row r="922" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A922" s="21" t="s">
+      <c r="A922" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B922">
         <v>1145</v>
       </c>
       <c r="C922">
         <v>1135</v>
       </c>
       <c r="D922" t="s">
         <v>27</v>
       </c>
       <c r="E922">
         <v>2024</v>
       </c>
     </row>
     <row r="923" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A923" s="20" t="s">
+      <c r="A923" s="11" t="s">
         <v>38</v>
       </c>
       <c r="B923">
         <v>130</v>
       </c>
       <c r="C923">
         <v>484</v>
       </c>
       <c r="D923" t="s">
         <v>28</v>
       </c>
       <c r="E923">
         <v>2024</v>
       </c>
     </row>
     <row r="924" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A924" s="21" t="s">
+      <c r="A924" s="11" t="s">
         <v>39</v>
       </c>
       <c r="B924">
         <v>104</v>
       </c>
       <c r="C924">
         <v>286</v>
       </c>
       <c r="D924" t="s">
         <v>28</v>
       </c>
       <c r="E924">
         <v>2024</v>
       </c>
     </row>
     <row r="925" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A925" s="21" t="s">
+      <c r="A925" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B925">
         <v>6</v>
       </c>
       <c r="C925">
         <v>29</v>
       </c>
       <c r="D925" t="s">
         <v>28</v>
       </c>
       <c r="E925">
         <v>2024</v>
       </c>
     </row>
     <row r="926" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A926" s="20" t="s">
+      <c r="A926" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B926">
         <v>14</v>
       </c>
       <c r="C926">
         <v>58</v>
       </c>
       <c r="D926" t="s">
         <v>28</v>
       </c>
       <c r="E926">
         <v>2024</v>
       </c>
     </row>
     <row r="927" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A927" s="21" t="s">
+      <c r="A927" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B927">
         <v>30</v>
       </c>
       <c r="C927">
         <v>30</v>
       </c>
       <c r="D927" t="s">
         <v>28</v>
       </c>
       <c r="E927">
         <v>2024</v>
       </c>
     </row>
     <row r="928" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A928" s="20" t="s">
+      <c r="A928" s="11" t="s">
         <v>46</v>
       </c>
       <c r="B928">
         <v>1</v>
       </c>
       <c r="C928">
         <v>1</v>
       </c>
       <c r="D928" t="s">
         <v>28</v>
       </c>
       <c r="E928">
         <v>2024</v>
       </c>
     </row>
     <row r="929" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A929" s="21" t="s">
+      <c r="A929" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B929">
         <v>40</v>
       </c>
       <c r="C929">
         <v>40</v>
       </c>
       <c r="D929" t="s">
         <v>28</v>
       </c>
       <c r="E929">
         <v>2024</v>
       </c>
     </row>
     <row r="930" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A930" s="20" t="s">
+      <c r="A930" s="11" t="s">
         <v>38</v>
       </c>
       <c r="B930">
         <v>177</v>
       </c>
       <c r="C930">
         <v>634</v>
       </c>
       <c r="D930" t="s">
         <v>6</v>
       </c>
       <c r="E930">
         <v>2025</v>
       </c>
     </row>
     <row r="931" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A931" s="21" t="s">
+      <c r="A931" s="11" t="s">
         <v>39</v>
       </c>
       <c r="B931">
         <v>162</v>
       </c>
       <c r="C931">
         <v>396</v>
       </c>
       <c r="D931" t="s">
         <v>6</v>
       </c>
       <c r="E931">
         <v>2025</v>
       </c>
     </row>
     <row r="932" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A932" s="21" t="s">
+      <c r="A932" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B932">
         <v>8</v>
       </c>
       <c r="C932">
         <v>13</v>
       </c>
       <c r="D932" t="s">
         <v>6</v>
       </c>
       <c r="E932">
         <v>2025</v>
       </c>
     </row>
     <row r="933" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A933" s="20" t="s">
+      <c r="A933" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B933">
         <v>25</v>
       </c>
       <c r="C933">
         <v>110</v>
       </c>
       <c r="D933" t="s">
         <v>6</v>
       </c>
       <c r="E933">
         <v>2025</v>
       </c>
     </row>
     <row r="934" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A934" s="21" t="s">
+      <c r="A934" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B934">
         <v>86</v>
       </c>
       <c r="C934">
         <v>86</v>
       </c>
       <c r="D934" t="s">
         <v>6</v>
       </c>
       <c r="E934">
         <v>2025</v>
       </c>
     </row>
     <row r="935" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A935" s="20" t="s">
+      <c r="A935" s="11" t="s">
         <v>38</v>
       </c>
       <c r="B935">
         <v>204</v>
       </c>
       <c r="C935">
         <v>819</v>
       </c>
       <c r="D935" t="s">
         <v>14</v>
       </c>
       <c r="E935">
         <v>2025</v>
       </c>
     </row>
     <row r="936" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A936" s="21" t="s">
+      <c r="A936" s="11" t="s">
         <v>39</v>
       </c>
       <c r="B936">
         <v>97</v>
       </c>
       <c r="C936">
         <v>434</v>
       </c>
       <c r="D936" t="s">
         <v>14</v>
       </c>
       <c r="E936">
         <v>2025</v>
       </c>
     </row>
     <row r="937" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A937" s="21" t="s">
+      <c r="A937" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B937">
         <v>3</v>
       </c>
       <c r="C937">
         <v>12</v>
       </c>
       <c r="D937" t="s">
         <v>14</v>
       </c>
       <c r="E937">
         <v>2025</v>
       </c>
     </row>
     <row r="938" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A938" s="20" t="s">
+      <c r="A938" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B938">
         <v>9</v>
       </c>
       <c r="C938">
         <v>46</v>
       </c>
       <c r="D938" t="s">
         <v>14</v>
       </c>
       <c r="E938">
         <v>2025</v>
       </c>
     </row>
     <row r="939" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A939" s="21" t="s">
+      <c r="A939" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B939">
         <v>5949</v>
       </c>
       <c r="C939">
         <v>5949</v>
       </c>
       <c r="D939" t="s">
         <v>14</v>
       </c>
       <c r="E939">
         <v>2025</v>
       </c>
     </row>
     <row r="940" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A940" s="20" t="s">
+      <c r="A940" s="11" t="s">
         <v>38</v>
       </c>
       <c r="B940">
         <v>258</v>
       </c>
       <c r="C940">
         <v>984</v>
       </c>
       <c r="D940" t="s">
         <v>15</v>
       </c>
       <c r="E940">
         <v>2025</v>
       </c>
     </row>
     <row r="941" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A941" s="21" t="s">
+      <c r="A941" s="11" t="s">
         <v>39</v>
       </c>
       <c r="B941">
         <v>110</v>
       </c>
       <c r="C941">
         <v>481</v>
       </c>
       <c r="D941" t="s">
         <v>15</v>
       </c>
       <c r="E941">
         <v>2025</v>
       </c>
     </row>
     <row r="942" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A942" s="21" t="s">
+      <c r="A942" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B942">
         <v>12</v>
       </c>
       <c r="C942">
         <v>31</v>
       </c>
       <c r="D942" t="s">
         <v>15</v>
       </c>
       <c r="E942">
         <v>2025</v>
       </c>
     </row>
     <row r="943" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A943" s="20" t="s">
+      <c r="A943" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B943">
         <v>34</v>
       </c>
       <c r="C943">
         <v>209</v>
       </c>
       <c r="D943" t="s">
         <v>15</v>
       </c>
       <c r="E943">
         <v>2025</v>
       </c>
     </row>
     <row r="944" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A944" s="21" t="s">
+      <c r="A944" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B944">
         <v>3</v>
       </c>
       <c r="C944">
         <v>3</v>
       </c>
       <c r="D944" t="s">
         <v>15</v>
       </c>
       <c r="E944">
         <v>2025</v>
       </c>
     </row>
     <row r="945" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A945" s="21" t="s">
+      <c r="A945" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B945">
         <v>11871</v>
       </c>
       <c r="C945">
         <v>11871</v>
       </c>
       <c r="D945" t="s">
         <v>15</v>
       </c>
       <c r="E945">
         <v>2025</v>
       </c>
     </row>
     <row r="946" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A946" s="20" t="s">
+      <c r="A946" s="11" t="s">
         <v>38</v>
       </c>
       <c r="B946">
         <v>246</v>
       </c>
       <c r="C946">
         <v>985</v>
       </c>
-      <c r="D946" s="22" t="s">
+      <c r="D946" s="15" t="s">
         <v>16</v>
       </c>
       <c r="E946">
         <v>2025</v>
       </c>
     </row>
     <row r="947" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A947" s="21" t="s">
+      <c r="A947" s="11" t="s">
         <v>39</v>
       </c>
       <c r="B947">
         <v>123</v>
       </c>
       <c r="C947">
         <v>494</v>
       </c>
-      <c r="D947" s="22" t="s">
+      <c r="D947" s="15" t="s">
         <v>16</v>
       </c>
       <c r="E947">
         <v>2025</v>
       </c>
     </row>
     <row r="948" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A948" s="21" t="s">
+      <c r="A948" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B948">
         <v>10</v>
       </c>
       <c r="C948">
         <v>28</v>
       </c>
-      <c r="D948" s="22" t="s">
+      <c r="D948" s="15" t="s">
         <v>16</v>
       </c>
       <c r="E948">
         <v>2025</v>
       </c>
     </row>
     <row r="949" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A949" s="20" t="s">
+      <c r="A949" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B949">
         <v>15</v>
       </c>
       <c r="C949">
         <v>74</v>
       </c>
-      <c r="D949" s="22" t="s">
+      <c r="D949" s="15" t="s">
         <v>16</v>
       </c>
       <c r="E949">
         <v>2025</v>
       </c>
     </row>
     <row r="950" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A950" s="21" t="s">
+      <c r="A950" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B950">
         <v>3</v>
       </c>
       <c r="C950">
         <v>2</v>
       </c>
-      <c r="D950" s="22" t="s">
+      <c r="D950" s="15" t="s">
         <v>16</v>
       </c>
       <c r="E950">
         <v>2025</v>
       </c>
     </row>
     <row r="951" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A951" s="21" t="s">
+      <c r="A951" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B951">
         <v>981</v>
       </c>
       <c r="C951">
         <v>981</v>
       </c>
-      <c r="D951" s="22" t="s">
+      <c r="D951" s="15" t="s">
         <v>16</v>
       </c>
       <c r="E951">
         <v>2025</v>
       </c>
     </row>
     <row r="952" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A952" s="21" t="s">
+      <c r="A952" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B952">
         <v>1</v>
       </c>
       <c r="C952">
         <v>1</v>
       </c>
-      <c r="D952" s="23" t="s">
+      <c r="D952" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="E952" s="24">
+      <c r="E952">
         <v>2025</v>
       </c>
     </row>
     <row r="953" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A953" s="21" t="s">
+      <c r="A953" s="11" t="s">
         <v>46</v>
       </c>
       <c r="B953">
         <v>1</v>
       </c>
       <c r="C953">
         <v>1</v>
       </c>
-      <c r="D953" s="23" t="s">
+      <c r="D953" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="E953" s="24">
+      <c r="E953">
         <v>2025</v>
       </c>
     </row>
     <row r="954" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A954" s="21" t="s">
+      <c r="A954" s="11" t="s">
         <v>49</v>
       </c>
       <c r="B954">
         <v>3</v>
       </c>
       <c r="C954">
         <v>13</v>
       </c>
-      <c r="D954" s="23" t="s">
+      <c r="D954" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="E954" s="24">
+      <c r="E954">
         <v>2025</v>
       </c>
     </row>
     <row r="955" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A955" s="20" t="s">
+      <c r="A955" s="11" t="s">
         <v>38</v>
       </c>
       <c r="B955">
         <v>296</v>
       </c>
       <c r="C955">
         <v>1292</v>
       </c>
-      <c r="D955" s="23" t="s">
+      <c r="D955" s="15" t="s">
         <v>17</v>
       </c>
-      <c r="E955" s="24">
+      <c r="E955">
         <v>2025</v>
       </c>
     </row>
     <row r="956" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A956" s="21" t="s">
+      <c r="A956" s="11" t="s">
         <v>39</v>
       </c>
       <c r="B956">
         <v>237</v>
       </c>
       <c r="C956">
         <v>702</v>
       </c>
-      <c r="D956" s="23" t="s">
+      <c r="D956" s="15" t="s">
         <v>17</v>
       </c>
-      <c r="E956" s="24">
+      <c r="E956">
         <v>2025</v>
       </c>
     </row>
     <row r="957" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A957" s="21" t="s">
+      <c r="A957" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B957">
         <v>10</v>
       </c>
       <c r="C957">
         <v>16</v>
       </c>
-      <c r="D957" s="23" t="s">
+      <c r="D957" s="15" t="s">
         <v>17</v>
       </c>
-      <c r="E957" s="24">
+      <c r="E957">
         <v>2025</v>
       </c>
     </row>
     <row r="958" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A958" s="20" t="s">
+      <c r="A958" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B958">
         <v>22</v>
       </c>
       <c r="C958">
         <v>121</v>
       </c>
-      <c r="D958" s="23" t="s">
+      <c r="D958" s="15" t="s">
         <v>17</v>
       </c>
-      <c r="E958" s="24">
+      <c r="E958">
         <v>2025</v>
       </c>
     </row>
     <row r="959" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A959" s="21" t="s">
+      <c r="A959" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B959">
         <v>15</v>
       </c>
       <c r="C959">
         <v>8</v>
       </c>
-      <c r="D959" s="23" t="s">
+      <c r="D959" s="15" t="s">
         <v>17</v>
       </c>
-      <c r="E959" s="24">
+      <c r="E959">
         <v>2025</v>
       </c>
     </row>
     <row r="960" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A960" s="21" t="s">
+      <c r="A960" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B960">
         <v>185</v>
       </c>
       <c r="C960">
         <v>185</v>
       </c>
-      <c r="D960" s="23" t="s">
+      <c r="D960" s="15" t="s">
         <v>17</v>
       </c>
-      <c r="E960" s="24">
+      <c r="E960">
         <v>2025</v>
       </c>
     </row>
     <row r="961" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A961" s="21" t="s">
+      <c r="A961" s="11" t="s">
         <v>49</v>
       </c>
       <c r="B961">
         <v>20</v>
       </c>
       <c r="C961">
         <v>38</v>
       </c>
-      <c r="D961" s="23" t="s">
+      <c r="D961" s="15" t="s">
         <v>17</v>
       </c>
-      <c r="E961" s="24">
+      <c r="E961">
         <v>2025</v>
       </c>
     </row>
     <row r="962" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A962" s="20" t="s">
+      <c r="A962" s="11" t="s">
         <v>38</v>
       </c>
       <c r="B962">
         <v>280</v>
       </c>
       <c r="C962">
         <v>1126</v>
       </c>
-      <c r="D962" s="23" t="s">
+      <c r="D962" s="15" t="s">
         <v>18</v>
       </c>
-      <c r="E962" s="24">
+      <c r="E962">
         <v>2025</v>
       </c>
     </row>
     <row r="963" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A963" s="21" t="s">
+      <c r="A963" s="11" t="s">
         <v>39</v>
       </c>
       <c r="B963">
         <v>124</v>
       </c>
       <c r="C963">
         <v>433</v>
       </c>
-      <c r="D963" s="23" t="s">
+      <c r="D963" s="15" t="s">
         <v>18</v>
       </c>
-      <c r="E963" s="24">
+      <c r="E963">
         <v>2025</v>
       </c>
     </row>
     <row r="964" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A964" s="21" t="s">
+      <c r="A964" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B964">
         <v>10</v>
       </c>
       <c r="C964">
         <v>37</v>
       </c>
-      <c r="D964" s="23" t="s">
+      <c r="D964" s="15" t="s">
         <v>18</v>
       </c>
-      <c r="E964" s="24">
+      <c r="E964">
         <v>2025</v>
       </c>
     </row>
     <row r="965" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A965" s="20" t="s">
+      <c r="A965" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B965">
         <v>21</v>
       </c>
       <c r="C965">
         <v>104</v>
       </c>
-      <c r="D965" s="23" t="s">
+      <c r="D965" s="15" t="s">
         <v>18</v>
       </c>
-      <c r="E965" s="24">
+      <c r="E965">
         <v>2025</v>
       </c>
     </row>
     <row r="966" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A966" s="21" t="s">
+      <c r="A966" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B966">
         <v>7</v>
       </c>
       <c r="C966">
         <v>7</v>
       </c>
-      <c r="D966" s="23" t="s">
+      <c r="D966" s="15" t="s">
         <v>18</v>
       </c>
-      <c r="E966" s="24">
+      <c r="E966">
         <v>2025</v>
       </c>
     </row>
     <row r="967" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A967" s="21" t="s">
+      <c r="A967" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B967">
         <v>310</v>
       </c>
       <c r="C967">
         <v>310</v>
       </c>
-      <c r="D967" s="23" t="s">
+      <c r="D967" s="15" t="s">
         <v>18</v>
       </c>
-      <c r="E967" s="24">
+      <c r="E967">
         <v>2025</v>
       </c>
     </row>
     <row r="968" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A968" s="21" t="s">
+      <c r="A968" s="11" t="s">
         <v>46</v>
       </c>
       <c r="B968">
         <v>1</v>
       </c>
       <c r="C968">
         <v>1</v>
       </c>
-      <c r="D968" s="23" t="s">
+      <c r="D968" s="15" t="s">
         <v>18</v>
       </c>
-      <c r="E968" s="24">
+      <c r="E968">
         <v>2025</v>
       </c>
     </row>
     <row r="969" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A969" s="21" t="s">
+      <c r="A969" s="11" t="s">
         <v>49</v>
       </c>
       <c r="B969">
         <v>35</v>
       </c>
       <c r="C969">
         <v>85</v>
       </c>
-      <c r="D969" s="23" t="s">
+      <c r="D969" s="15" t="s">
         <v>18</v>
       </c>
-      <c r="E969" s="24">
+      <c r="E969">
         <v>2025</v>
       </c>
     </row>
     <row r="970" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="D970" s="24"/>
-      <c r="E970" s="24"/>
+      <c r="A970" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B970">
+        <v>138</v>
+      </c>
+      <c r="C970">
+        <v>438</v>
+      </c>
+      <c r="D970" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E970">
+        <v>2025</v>
+      </c>
     </row>
     <row r="971" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="D971" s="24"/>
-      <c r="E971" s="24"/>
+      <c r="A971" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B971">
+        <v>61</v>
+      </c>
+      <c r="C971">
+        <v>118</v>
+      </c>
+      <c r="D971" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E971">
+        <v>2025</v>
+      </c>
     </row>
     <row r="972" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="D972" s="24"/>
-      <c r="E972" s="24"/>
+      <c r="A972" s="11" t="s">
+        <v>42</v>
+      </c>
+      <c r="B972">
+        <v>9</v>
+      </c>
+      <c r="C972">
+        <v>17</v>
+      </c>
+      <c r="D972" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E972">
+        <v>2025</v>
+      </c>
     </row>
     <row r="973" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="D973" s="24"/>
-      <c r="E973" s="24"/>
+      <c r="A973" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="B973">
+        <v>11</v>
+      </c>
+      <c r="C973">
+        <v>66</v>
+      </c>
+      <c r="D973" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E973">
+        <v>2025</v>
+      </c>
     </row>
     <row r="974" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="D974" s="24"/>
-      <c r="E974" s="24"/>
+      <c r="A974" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="B974">
+        <v>0</v>
+      </c>
+      <c r="C974">
+        <v>0</v>
+      </c>
+      <c r="D974" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E974">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="975" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A975" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B975">
+        <v>402</v>
+      </c>
+      <c r="C975">
+        <v>402</v>
+      </c>
+      <c r="D975" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E975">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="976" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A976" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="B976">
+        <v>2</v>
+      </c>
+      <c r="C976">
+        <v>2</v>
+      </c>
+      <c r="D976" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E976">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="977" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A977" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B977">
+        <v>27</v>
+      </c>
+      <c r="C977">
+        <v>57</v>
+      </c>
+      <c r="D977" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E977">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="978" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A978" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B978">
+        <v>167</v>
+      </c>
+      <c r="C978">
+        <v>439</v>
+      </c>
+      <c r="D978" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E978">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="979" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A979" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B979">
+        <v>49</v>
+      </c>
+      <c r="C979">
+        <v>91</v>
+      </c>
+      <c r="D979" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E979">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="980" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A980" s="11" t="s">
+        <v>42</v>
+      </c>
+      <c r="B980">
+        <v>5</v>
+      </c>
+      <c r="C980">
+        <v>14</v>
+      </c>
+      <c r="D980" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E980">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="981" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A981" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="B981">
+        <v>14</v>
+      </c>
+      <c r="C981">
+        <v>83</v>
+      </c>
+      <c r="D981" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E981">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="982" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A982" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="B982">
+        <v>0</v>
+      </c>
+      <c r="C982">
+        <v>0</v>
+      </c>
+      <c r="D982" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E982">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="983" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A983" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B983">
+        <v>283</v>
+      </c>
+      <c r="C983">
+        <v>283</v>
+      </c>
+      <c r="D983" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E983">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="984" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A984" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="B984">
+        <v>0</v>
+      </c>
+      <c r="C984">
+        <v>0</v>
+      </c>
+      <c r="D984" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E984">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="985" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A985" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B985">
+        <v>16</v>
+      </c>
+      <c r="C985">
+        <v>29</v>
+      </c>
+      <c r="D985" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E985">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="986" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A986" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="B986">
+        <v>2</v>
+      </c>
+      <c r="C986">
+        <v>2</v>
+      </c>
+      <c r="D986" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E986">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="987" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A987" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B987">
+        <v>277</v>
+      </c>
+      <c r="C987">
+        <v>1031</v>
+      </c>
+      <c r="D987" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="E987">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="988" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A988" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B988">
+        <v>126</v>
+      </c>
+      <c r="C988">
+        <v>573</v>
+      </c>
+      <c r="D988" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="E988">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="989" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A989" s="11" t="s">
+        <v>42</v>
+      </c>
+      <c r="B989">
+        <v>6</v>
+      </c>
+      <c r="C989">
+        <v>21</v>
+      </c>
+      <c r="D989" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="E989">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="990" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A990" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="B990">
+        <v>12</v>
+      </c>
+      <c r="C990">
+        <v>82</v>
+      </c>
+      <c r="D990" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="E990">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="991" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A991" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="B991">
+        <v>0</v>
+      </c>
+      <c r="C991">
+        <v>0</v>
+      </c>
+      <c r="D991" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="E991">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="992" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A992" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B992">
+        <v>929</v>
+      </c>
+      <c r="C992">
+        <v>929</v>
+      </c>
+      <c r="D992" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="E992">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="993" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A993" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="B993">
+        <v>3</v>
+      </c>
+      <c r="C993">
+        <v>3</v>
+      </c>
+      <c r="D993" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="E993">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="994" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A994" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B994">
+        <v>2</v>
+      </c>
+      <c r="C994">
+        <v>5</v>
+      </c>
+      <c r="D994" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="E994">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="995" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A995" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="B995">
+        <v>0</v>
+      </c>
+      <c r="C995">
+        <v>0</v>
+      </c>
+      <c r="D995" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="E995">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="997" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A997" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B997">
+        <v>299</v>
+      </c>
+      <c r="C997">
+        <v>1126</v>
+      </c>
+      <c r="D997" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="E997">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="998" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A998" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B998">
+        <v>207</v>
+      </c>
+      <c r="C998">
+        <v>772</v>
+      </c>
+      <c r="D998" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="E998">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="999" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A999" s="11" t="s">
+        <v>42</v>
+      </c>
+      <c r="B999">
+        <v>7</v>
+      </c>
+      <c r="C999">
+        <v>24</v>
+      </c>
+      <c r="D999" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="E999">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1000" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="B1000">
+        <v>26</v>
+      </c>
+      <c r="C1000">
+        <v>127</v>
+      </c>
+      <c r="D1000" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="E1000">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1001" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="B1001">
+        <v>2</v>
+      </c>
+      <c r="C1001">
+        <v>2</v>
+      </c>
+      <c r="D1001" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="E1001">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1002" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B1002">
+        <v>8137</v>
+      </c>
+      <c r="C1002">
+        <v>8137</v>
+      </c>
+      <c r="D1002" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="E1002">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1003" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B1003">
+        <v>27</v>
+      </c>
+      <c r="C1003">
+        <v>75</v>
+      </c>
+      <c r="D1003" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="E1003">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1004" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B1004">
+        <v>4</v>
+      </c>
+      <c r="C1004">
+        <v>4</v>
+      </c>
+      <c r="D1004" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="E1004">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1005" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B1005">
+        <v>1</v>
+      </c>
+      <c r="C1005" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="D1005" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="E1005">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1006" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B1006">
+        <v>308</v>
+      </c>
+      <c r="C1006">
+        <v>1215</v>
+      </c>
+      <c r="D1006" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="E1006">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1007" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B1007">
+        <v>128</v>
+      </c>
+      <c r="C1007">
+        <v>531</v>
+      </c>
+      <c r="D1007" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="E1007">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1008" s="11" t="s">
+        <v>42</v>
+      </c>
+      <c r="B1008">
+        <v>3</v>
+      </c>
+      <c r="C1008">
+        <v>19</v>
+      </c>
+      <c r="D1008" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="E1008">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1009" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="B1009">
+        <v>27</v>
+      </c>
+      <c r="C1009">
+        <v>94</v>
+      </c>
+      <c r="D1009" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="E1009">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1010" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="B1010">
+        <v>6</v>
+      </c>
+      <c r="C1010">
+        <v>6</v>
+      </c>
+      <c r="D1010" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="E1010">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1011" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B1011">
+        <v>89</v>
+      </c>
+      <c r="C1011">
+        <v>89</v>
+      </c>
+      <c r="D1011" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="E1011">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1012" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B1012">
+        <v>8</v>
+      </c>
+      <c r="C1012">
+        <v>21</v>
+      </c>
+      <c r="D1012" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="E1012">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1013" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B1013">
+        <v>133</v>
+      </c>
+      <c r="C1013">
+        <v>531</v>
+      </c>
+      <c r="D1013" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="E1013">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1014" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B1014">
+        <v>25</v>
+      </c>
+      <c r="C1014">
+        <v>153</v>
+      </c>
+      <c r="D1014" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="E1014">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1015" s="11" t="s">
+        <v>42</v>
+      </c>
+      <c r="B1015">
+        <v>3</v>
+      </c>
+      <c r="C1015">
+        <v>6</v>
+      </c>
+      <c r="D1015" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="E1015">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1016" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="B1016">
+        <v>21</v>
+      </c>
+      <c r="C1016">
+        <v>69</v>
+      </c>
+      <c r="D1016" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="E1016">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1017" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B1017">
+        <v>96</v>
+      </c>
+      <c r="C1017">
+        <v>96</v>
+      </c>
+      <c r="D1017" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="E1017">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1018" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B1018">
+        <v>2</v>
+      </c>
+      <c r="C1018">
+        <v>10</v>
+      </c>
+      <c r="D1018" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="E1018">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1019" s="11"/>
+    </row>
+    <row r="1020" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1020" s="11"/>
+    </row>
+    <row r="1021" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1021" s="11"/>
     </row>
   </sheetData>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageMargins left="0.70000000000000007" right="0.70000000000000007" top="0.75" bottom="0.75" header="0.30000000000000004" footer="0.30000000000000004"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Hoja1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Rosa Morillo Bautista</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>