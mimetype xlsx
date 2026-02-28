--- v0 (2025-11-17)
+++ v1 (2026-02-28)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iibidom-my.sharepoint.com/personal/rmorillo_iibi_gob_do/Documents/Documentos/Informacion Portal de Transparencia/Informacion Portal 2025/9- Septiembre 2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iibidom-my.sharepoint.com/personal/rmorillo_iibi_gob_do/Documents/Documentos/Informacion Portal de Transparencia/Informacion Portal 2025/12- Diciembre 2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="18" documentId="8_{1548FB45-438F-4D18-A6F1-4C29CD2A3D75}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4050DEBA-7B88-459E-9251-B9F3E0D972E8}"/>
+  <xr:revisionPtr revIDLastSave="11" documentId="8_{C7E44CAF-4C73-4EAC-A0A5-F8CE325A417B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B3973701-F019-4EFF-86BC-7FEDDB51041E}"/>
   <bookViews>
     <workbookView xWindow="20370" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{3109426B-7EDE-41EF-BD02-4349548D17DC}"/>
   </bookViews>
   <sheets>
     <sheet name="DATOS ABIERTOS OAI A DICIEMBRE " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G3" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="841" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="868" uniqueCount="23">
   <si>
     <t xml:space="preserve">MEDIO DE SOLICITUD </t>
   </si>
   <si>
     <t>CANTIDAD DE SOLICITUDES</t>
   </si>
   <si>
     <t>MES</t>
   </si>
   <si>
     <t>AÑO</t>
   </si>
   <si>
     <t>FISICA</t>
   </si>
   <si>
     <t>ENERO</t>
   </si>
   <si>
     <t>ELECTRÓNICA</t>
   </si>
   <si>
     <t>SAIP</t>
   </si>
   <si>
@@ -505,52 +505,52 @@
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6BF1B163-A3E8-4261-9547-59D4D401764A}">
   <sheetPr>
     <tabColor rgb="FF70AD47"/>
   </sheetPr>
   <dimension ref="A1:G990"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A450" workbookViewId="0">
-      <selection activeCell="A462" sqref="A462:XFD462"/>
+    <sheetView tabSelected="1" topLeftCell="A467" workbookViewId="0">
+      <selection activeCell="G476" sqref="G476"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="27.5703125" customWidth="1"/>
     <col min="2" max="2" width="29.7109375" style="4" customWidth="1"/>
     <col min="3" max="3" width="14.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="12.5703125" style="5" customWidth="1"/>
     <col min="5" max="5" width="9.140625" customWidth="1"/>
     <col min="6" max="6" width="23.85546875" customWidth="1"/>
     <col min="7" max="9" width="8.7109375" customWidth="1"/>
     <col min="10" max="10" width="15.5703125" customWidth="1"/>
     <col min="11" max="26" width="8.7109375" customWidth="1"/>
     <col min="27" max="27" width="14.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -7056,80 +7056,230 @@
       </c>
       <c r="B465" s="4">
         <v>1</v>
       </c>
       <c r="C465" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D465" s="5">
         <v>2025</v>
       </c>
     </row>
     <row r="466" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A466" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B466" s="4">
         <v>0</v>
       </c>
       <c r="C466" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D466" s="5">
         <v>2025</v>
       </c>
     </row>
-    <row r="467" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
-[...28 lines deleted...]
-    <row r="496" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="467" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A467" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C467" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D467" s="5">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="468" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A468" t="s">
+        <v>6</v>
+      </c>
+      <c r="C468" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D468" s="5">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="469" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A469" s="3">
+        <v>311</v>
+      </c>
+      <c r="C469" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D469" s="5">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="470" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A470" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C470" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D470" s="5">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="471" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A471" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="C471" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D471" s="5">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="472" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A472" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C472" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D472" s="5">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="473" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A473" t="s">
+        <v>6</v>
+      </c>
+      <c r="C473" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D473" s="5">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="474" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A474" s="3">
+        <v>311</v>
+      </c>
+      <c r="C474" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D474" s="5">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="475" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A475" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C475" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D475" s="5">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="476" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A476" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="C476" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D476" s="5">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="477" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A477" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C477" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D477" s="5">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="478" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A478" t="s">
+        <v>6</v>
+      </c>
+      <c r="C478" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D478" s="5">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="479" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A479" s="3">
+        <v>311</v>
+      </c>
+      <c r="C479" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D479" s="5">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="480" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A480" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C480" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D480" s="5">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="481" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A481" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="C481" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D481" s="5">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="482" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="483" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="484" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="485" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="486" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="487" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="488" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="489" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="490" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="491" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="492" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="493" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="494" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="495" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="496" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="497" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="498" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="499" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="500" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="501" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="502" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="503" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="504" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="505" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="506" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="507" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="508" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="509" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="510" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="511" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="512" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="513" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="514" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="515" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="516" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="517" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="518" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="519" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="520" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="521" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>